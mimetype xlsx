--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -23,51 +23,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Zuid-Holland (PV)" sheetId="1" r:id="rId1"/>
     <sheet name="categorygroup" sheetId="2" r:id="rId2"/>
     <sheet name="verslagsoort" sheetId="3" r:id="rId3"/>
     <sheet name="categorie" sheetId="4" r:id="rId4"/>
     <sheet name="post" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0">'Zuid-Holland (PV)'!A1:I895</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0">'Zuid-Holland (PV)'!A1:I1304</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1">'categorygroup'!A1:D29</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2">'verslagsoort'!A1:B7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3">'categorie'!A1:C79</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4">'post'!A1:C126</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
@@ -427,51 +427,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I895"/>
+  <dimension ref="A1:I1304"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="11.6640625" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" customWidth="1"/>
     <col min="3" max="3" width="41.6640625" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" customWidth="1"/>
     <col min="5" max="5" width="41.6640625" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" customWidth="1"/>
     <col min="7" max="7" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="16.6640625" customWidth="1"/>
     <col min="9" max="9" width="16.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>ID</v>
       </c>
       <c r="B1" t="str">
         <v>Categorie Key</v>
       </c>
       <c r="C1" t="str">
         <v>Categorie</v>
       </c>
@@ -552,22957 +552,33453 @@
       </c>
       <c r="B4" t="str">
         <v>L1.1</v>
       </c>
       <c r="C4" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D4" t="str">
         <v>2.3</v>
       </c>
       <c r="E4" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F4" t="str">
         <v>2025X002</v>
       </c>
       <c r="G4" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I4" s="1">
         <v>2193000</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>101352</v>
+        <v>101139</v>
       </c>
       <c r="B5" t="str">
-        <v>L3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C5" t="str">
-        <v>Duurzame goederen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D5" t="str">
         <v>2.3</v>
       </c>
       <c r="E5" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F5" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G5" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I5" s="1">
-        <v>100000</v>
+        <v>3267000</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>101353</v>
+        <v>101352</v>
       </c>
       <c r="B6" t="str">
         <v>L3.2</v>
       </c>
       <c r="C6" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D6" t="str">
         <v>2.3</v>
       </c>
       <c r="E6" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F6" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G6" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I6" s="1">
-        <v>3000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>101354</v>
+        <v>101353</v>
       </c>
       <c r="B7" t="str">
         <v>L3.2</v>
       </c>
       <c r="C7" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D7" t="str">
         <v>2.3</v>
       </c>
       <c r="E7" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F7" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G7" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I7" s="1">
-        <v>66000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>101569</v>
+        <v>101354</v>
       </c>
       <c r="B8" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C8" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D8" t="str">
         <v>2.3</v>
       </c>
       <c r="E8" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F8" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G8" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I8" s="1">
-        <v>13000</v>
+        <v>66000</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>101570</v>
+        <v>101355</v>
       </c>
       <c r="B9" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C9" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D9" t="str">
         <v>2.3</v>
       </c>
       <c r="E9" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F9" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G9" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I9" s="1">
-        <v>13000</v>
+        <v>102000</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>101640</v>
+        <v>101569</v>
       </c>
       <c r="B10" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C10" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D10" t="str">
         <v>2.3</v>
       </c>
       <c r="E10" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F10" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G10" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I10" s="1">
-        <v>1157000</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>101641</v>
+        <v>101570</v>
       </c>
       <c r="B11" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C11" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D11" t="str">
         <v>2.3</v>
       </c>
       <c r="E11" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F11" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G11" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I11" s="1">
-        <v>221000</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>101642</v>
+        <v>101571</v>
       </c>
       <c r="B12" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C12" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D12" t="str">
         <v>2.3</v>
       </c>
       <c r="E12" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F12" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G12" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I12" s="1">
-        <v>519000</v>
+        <v>21000</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>101784</v>
+        <v>101640</v>
       </c>
       <c r="B13" t="str">
-        <v>L4.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C13" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D13" t="str">
         <v>2.3</v>
       </c>
       <c r="E13" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F13" t="str">
         <v>2025X000</v>
       </c>
       <c r="G13" t="str">
         <v>Begroting</v>
       </c>
       <c r="I13" s="1">
-        <v>123166000</v>
+        <v>1157000</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>101785</v>
+        <v>101641</v>
       </c>
       <c r="B14" t="str">
-        <v>L4.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C14" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D14" t="str">
         <v>2.3</v>
       </c>
       <c r="E14" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F14" t="str">
         <v>2025X001</v>
       </c>
       <c r="G14" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I14" s="1">
-        <v>116580000</v>
+        <v>221000</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>101786</v>
+        <v>101642</v>
       </c>
       <c r="B15" t="str">
-        <v>L4.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C15" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D15" t="str">
         <v>2.3</v>
       </c>
       <c r="E15" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F15" t="str">
         <v>2025X002</v>
       </c>
       <c r="G15" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I15" s="1">
-        <v>116563000</v>
+        <v>519000</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>101929</v>
+        <v>101643</v>
       </c>
       <c r="B16" t="str">
-        <v>L4.3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C16" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D16" t="str">
         <v>2.3</v>
       </c>
       <c r="E16" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F16" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G16" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I16" s="1">
-        <v>180000</v>
+        <v>742000</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>101930</v>
+        <v>101784</v>
       </c>
       <c r="B17" t="str">
-        <v>L4.3.2</v>
+        <v>L4.2</v>
       </c>
       <c r="C17" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D17" t="str">
         <v>2.3</v>
       </c>
       <c r="E17" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F17" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G17" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I17" s="1">
-        <v>192000</v>
+        <v>123166000</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>102001</v>
+        <v>101785</v>
       </c>
       <c r="B18" t="str">
-        <v>L4.3.3</v>
+        <v>L4.2</v>
       </c>
       <c r="C18" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D18" t="str">
         <v>2.3</v>
       </c>
       <c r="E18" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F18" t="str">
         <v>2025X001</v>
       </c>
       <c r="G18" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I18" s="1">
-        <v>385000</v>
+        <v>116580000</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>102002</v>
+        <v>101786</v>
       </c>
       <c r="B19" t="str">
-        <v>L4.3.3</v>
+        <v>L4.2</v>
       </c>
       <c r="C19" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D19" t="str">
         <v>2.3</v>
       </c>
       <c r="E19" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F19" t="str">
         <v>2025X002</v>
       </c>
       <c r="G19" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I19" s="1">
-        <v>385000</v>
+        <v>116563000</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>102360</v>
+        <v>101787</v>
       </c>
       <c r="B20" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C20" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D20" t="str">
         <v>2.3</v>
       </c>
       <c r="E20" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F20" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G20" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I20" s="1">
-        <v>425000</v>
+        <v>114035000</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>102361</v>
+        <v>101859</v>
       </c>
       <c r="B21" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C21" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D21" t="str">
         <v>2.3</v>
       </c>
       <c r="E21" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F21" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G21" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I21" s="1">
-        <v>322000</v>
+        <v>2749000</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>102362</v>
+        <v>101929</v>
       </c>
       <c r="B22" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C22" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D22" t="str">
         <v>2.3</v>
       </c>
       <c r="E22" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F22" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G22" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I22" s="1">
-        <v>853000</v>
+        <v>180000</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>102649</v>
+        <v>101930</v>
       </c>
       <c r="B23" t="str">
-        <v>L4.5.2</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C23" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D23" t="str">
         <v>2.3</v>
       </c>
       <c r="E23" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F23" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G23" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I23" s="1">
-        <v>309000</v>
+        <v>192000</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>102650</v>
+        <v>101931</v>
       </c>
       <c r="B24" t="str">
-        <v>L4.5.2</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C24" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D24" t="str">
         <v>2.3</v>
       </c>
       <c r="E24" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F24" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G24" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I24" s="1">
-        <v>309000</v>
+        <v>360000</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>103081</v>
+        <v>102001</v>
       </c>
       <c r="B25" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C25" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D25" t="str">
         <v>2.3</v>
       </c>
       <c r="E25" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F25" t="str">
         <v>2025X001</v>
       </c>
       <c r="G25" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I25" s="1">
-        <v>610000</v>
+        <v>385000</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>103082</v>
+        <v>102002</v>
       </c>
       <c r="B26" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C26" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D26" t="str">
         <v>2.3</v>
       </c>
       <c r="E26" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F26" t="str">
         <v>2025X002</v>
       </c>
       <c r="G26" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I26" s="1">
-        <v>610000</v>
+        <v>385000</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>103584</v>
+        <v>102360</v>
       </c>
       <c r="B27" t="str">
-        <v>L7.3</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C27" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D27" t="str">
         <v>2.3</v>
       </c>
       <c r="E27" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F27" t="str">
         <v>2025X000</v>
       </c>
       <c r="G27" t="str">
         <v>Begroting</v>
       </c>
       <c r="I27" s="1">
-        <v>2250000</v>
+        <v>425000</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>103656</v>
+        <v>102361</v>
       </c>
       <c r="B28" t="str">
-        <v>L7.4</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C28" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D28" t="str">
         <v>2.3</v>
       </c>
       <c r="E28" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F28" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G28" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I28" s="1">
-        <v>279000</v>
+        <v>322000</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>104304</v>
+        <v>102362</v>
       </c>
       <c r="B29" t="str">
-        <v>B3.6</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C29" t="str">
-        <v>Huren</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D29" t="str">
         <v>2.3</v>
       </c>
       <c r="E29" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F29" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G29" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>122000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I29" s="1">
+        <v>853000</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>104305</v>
+        <v>102363</v>
       </c>
       <c r="B30" t="str">
-        <v>B3.6</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C30" t="str">
-        <v>Huren</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D30" t="str">
         <v>2.3</v>
       </c>
       <c r="E30" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F30" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G30" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>42000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I30" s="1">
+        <v>836000</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>104306</v>
+        <v>102649</v>
       </c>
       <c r="B31" t="str">
-        <v>B3.6</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C31" t="str">
-        <v>Huren</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D31" t="str">
         <v>2.3</v>
       </c>
       <c r="E31" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F31" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G31" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>116000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I31" s="1">
+        <v>309000</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>104448</v>
+        <v>102650</v>
       </c>
       <c r="B32" t="str">
-        <v>B3.8</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C32" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D32" t="str">
         <v>2.3</v>
       </c>
       <c r="E32" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F32" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G32" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>276000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I32" s="1">
+        <v>309000</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>104592</v>
+        <v>102651</v>
       </c>
       <c r="B33" t="str">
-        <v>B4.3.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C33" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D33" t="str">
         <v>2.3</v>
       </c>
       <c r="E33" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F33" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G33" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>8943000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I33" s="1">
+        <v>309000</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>104593</v>
+        <v>103081</v>
       </c>
       <c r="B34" t="str">
-        <v>B4.3.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C34" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D34" t="str">
         <v>2.3</v>
       </c>
       <c r="E34" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F34" t="str">
         <v>2025X001</v>
       </c>
       <c r="G34" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H34" s="1">
-        <v>65000</v>
+      <c r="I34" s="1">
+        <v>610000</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>104594</v>
+        <v>103082</v>
       </c>
       <c r="B35" t="str">
-        <v>B4.3.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C35" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D35" t="str">
         <v>2.3</v>
       </c>
       <c r="E35" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F35" t="str">
         <v>2025X002</v>
       </c>
       <c r="G35" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H35" s="1">
-        <v>131000</v>
+      <c r="I35" s="1">
+        <v>610000</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>104737</v>
+        <v>103083</v>
       </c>
       <c r="B36" t="str">
-        <v>B4.3.3</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C36" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D36" t="str">
         <v>2.3</v>
       </c>
       <c r="E36" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F36" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G36" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>1077000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I36" s="1">
+        <v>610000</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>104738</v>
+        <v>103584</v>
       </c>
       <c r="B37" t="str">
-        <v>B4.3.3</v>
+        <v>L7.3</v>
       </c>
       <c r="C37" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D37" t="str">
         <v>2.3</v>
       </c>
       <c r="E37" t="str">
         <v>Openbaar vervoer</v>
       </c>
       <c r="F37" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G37" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1076000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I37" s="1">
+        <v>2250000</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>106752</v>
+        <v>103587</v>
       </c>
       <c r="B38" t="str">
-        <v>L1.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C38" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D38" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E38" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F38" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G38" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I38" s="1">
-        <v>4340000</v>
+        <v>1234000</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>106753</v>
+        <v>103656</v>
       </c>
       <c r="B39" t="str">
-        <v>L1.1</v>
+        <v>L7.4</v>
       </c>
       <c r="C39" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D39" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E39" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F39" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G39" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I39" s="1">
-        <v>794000</v>
+        <v>279000</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>106754</v>
+        <v>104304</v>
       </c>
       <c r="B40" t="str">
-        <v>L1.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C40" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Huren</v>
       </c>
       <c r="D40" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E40" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F40" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G40" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1563000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H40" s="1">
+        <v>122000</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>106824</v>
+        <v>104305</v>
       </c>
       <c r="B41" t="str">
-        <v>L2.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C41" t="str">
-        <v>Belastingen</v>
+        <v>Huren</v>
       </c>
       <c r="D41" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E41" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F41" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G41" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>525000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H41" s="1">
+        <v>42000</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>106825</v>
+        <v>104306</v>
       </c>
       <c r="B42" t="str">
-        <v>L2.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C42" t="str">
-        <v>Belastingen</v>
+        <v>Huren</v>
       </c>
       <c r="D42" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E42" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F42" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G42" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>230000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H42" s="1">
+        <v>116000</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>106826</v>
+        <v>104307</v>
       </c>
       <c r="B43" t="str">
-        <v>L2.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C43" t="str">
-        <v>Belastingen</v>
+        <v>Huren</v>
       </c>
       <c r="D43" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E43" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F43" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G43" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>386000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H43" s="1">
+        <v>159000</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>106968</v>
+        <v>104448</v>
       </c>
       <c r="B44" t="str">
-        <v>L3.2</v>
+        <v>B3.8</v>
       </c>
       <c r="C44" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D44" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E44" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F44" t="str">
         <v>2025X000</v>
       </c>
       <c r="G44" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I44" s="1">
-        <v>147000</v>
+      <c r="H44" s="1">
+        <v>276000</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>106969</v>
+        <v>104592</v>
       </c>
       <c r="B45" t="str">
-        <v>L3.2</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C45" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D45" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E45" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F45" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G45" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>16000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H45" s="1">
+        <v>8943000</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>106970</v>
+        <v>104593</v>
       </c>
       <c r="B46" t="str">
-        <v>L3.2</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C46" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D46" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E46" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F46" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G46" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>16000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H46" s="1">
+        <v>65000</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>107184</v>
+        <v>104594</v>
       </c>
       <c r="B47" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C47" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D47" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E47" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F47" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G47" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>3537000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H47" s="1">
+        <v>131000</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>107185</v>
+        <v>104595</v>
       </c>
       <c r="B48" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C48" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D48" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E48" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F48" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G48" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>316000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H48" s="1">
+        <v>807000</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>107186</v>
+        <v>104667</v>
       </c>
       <c r="B49" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C49" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D49" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E49" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F49" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G49" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>600000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H49" s="1">
+        <v>1077000</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>107256</v>
+        <v>104737</v>
       </c>
       <c r="B50" t="str">
-        <v>L3.8</v>
+        <v>B4.3.3</v>
       </c>
       <c r="C50" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D50" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E50" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F50" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G50" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>6317000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H50" s="1">
+        <v>1077000</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>107257</v>
+        <v>104738</v>
       </c>
       <c r="B51" t="str">
-        <v>L3.8</v>
+        <v>B4.3.3</v>
       </c>
       <c r="C51" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D51" t="str">
-        <v>2.9</v>
+        <v>2.3</v>
       </c>
       <c r="E51" t="str">
-        <v>Verkeer en vervoer, overige baten ..</v>
+        <v>Openbaar vervoer</v>
       </c>
       <c r="F51" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G51" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>559000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H51" s="1">
+        <v>1076000</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>107258</v>
+        <v>106752</v>
       </c>
       <c r="B52" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C52" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D52" t="str">
         <v>2.9</v>
       </c>
       <c r="E52" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F52" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G52" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I52" s="1">
-        <v>1117000</v>
+        <v>4340000</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>107400</v>
+        <v>106753</v>
       </c>
       <c r="B53" t="str">
-        <v>L4.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C53" t="str">
-        <v>Subsidies</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D53" t="str">
         <v>2.9</v>
       </c>
       <c r="E53" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F53" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G53" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I53" s="1">
-        <v>5255000</v>
+        <v>794000</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>107472</v>
+        <v>106754</v>
       </c>
       <c r="B54" t="str">
-        <v>L4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C54" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D54" t="str">
         <v>2.9</v>
       </c>
       <c r="E54" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F54" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G54" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I54" s="1">
-        <v>3544000</v>
+        <v>1563000</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>107473</v>
+        <v>106755</v>
       </c>
       <c r="B55" t="str">
-        <v>L4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C55" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D55" t="str">
         <v>2.9</v>
       </c>
       <c r="E55" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F55" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G55" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I55" s="1">
-        <v>147000</v>
+        <v>2309000</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>107545</v>
+        <v>106824</v>
       </c>
       <c r="B56" t="str">
-        <v>L4.3.2</v>
+        <v>L2.1</v>
       </c>
       <c r="C56" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Belastingen</v>
       </c>
       <c r="D56" t="str">
         <v>2.9</v>
       </c>
       <c r="E56" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F56" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G56" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I56" s="1">
-        <v>658000</v>
+        <v>525000</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>107546</v>
+        <v>106825</v>
       </c>
       <c r="B57" t="str">
-        <v>L4.3.2</v>
+        <v>L2.1</v>
       </c>
       <c r="C57" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Belastingen</v>
       </c>
       <c r="D57" t="str">
         <v>2.9</v>
       </c>
       <c r="E57" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F57" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G57" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I57" s="1">
-        <v>987000</v>
+        <v>230000</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>107617</v>
+        <v>106826</v>
       </c>
       <c r="B58" t="str">
-        <v>L4.3.3</v>
+        <v>L2.1</v>
       </c>
       <c r="C58" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Belastingen</v>
       </c>
       <c r="D58" t="str">
         <v>2.9</v>
       </c>
       <c r="E58" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F58" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G58" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I58" s="1">
-        <v>910000</v>
+        <v>386000</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>107618</v>
+        <v>106827</v>
       </c>
       <c r="B59" t="str">
-        <v>L4.3.3</v>
+        <v>L2.1</v>
       </c>
       <c r="C59" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Belastingen</v>
       </c>
       <c r="D59" t="str">
         <v>2.9</v>
       </c>
       <c r="E59" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F59" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G59" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I59" s="1">
-        <v>975000</v>
+        <v>535000</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>107689</v>
+        <v>106968</v>
       </c>
       <c r="B60" t="str">
-        <v>L4.3.4</v>
+        <v>L3.2</v>
       </c>
       <c r="C60" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D60" t="str">
         <v>2.9</v>
       </c>
       <c r="E60" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F60" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G60" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I60" s="1">
-        <v>30000</v>
+        <v>147000</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>107690</v>
+        <v>106969</v>
       </c>
       <c r="B61" t="str">
-        <v>L4.3.4</v>
+        <v>L3.2</v>
       </c>
       <c r="C61" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D61" t="str">
         <v>2.9</v>
       </c>
       <c r="E61" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F61" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G61" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I61" s="1">
-        <v>25000</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>107976</v>
+        <v>106970</v>
       </c>
       <c r="B62" t="str">
-        <v>L4.3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C62" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D62" t="str">
         <v>2.9</v>
       </c>
       <c r="E62" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F62" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G62" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I62" s="1">
-        <v>346000</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>107977</v>
+        <v>106971</v>
       </c>
       <c r="B63" t="str">
-        <v>L4.3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C63" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D63" t="str">
         <v>2.9</v>
       </c>
       <c r="E63" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F63" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G63" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I63" s="1">
-        <v>337000</v>
+        <v>22000</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>107978</v>
+        <v>107184</v>
       </c>
       <c r="B64" t="str">
-        <v>L4.3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C64" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D64" t="str">
         <v>2.9</v>
       </c>
       <c r="E64" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F64" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G64" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I64" s="1">
-        <v>337000</v>
+        <v>3537000</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>108192</v>
+        <v>107185</v>
       </c>
       <c r="B65" t="str">
-        <v>L4.5.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C65" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D65" t="str">
         <v>2.9</v>
       </c>
       <c r="E65" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F65" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G65" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I65" s="1">
-        <v>2274000</v>
+        <v>316000</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>108265</v>
+        <v>107186</v>
       </c>
       <c r="B66" t="str">
-        <v>L4.5.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C66" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D66" t="str">
         <v>2.9</v>
       </c>
       <c r="E66" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F66" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G66" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I66" s="1">
-        <v>7743000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>108266</v>
+        <v>107187</v>
       </c>
       <c r="B67" t="str">
-        <v>L4.5.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C67" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D67" t="str">
         <v>2.9</v>
       </c>
       <c r="E67" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F67" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G67" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I67" s="1">
-        <v>7790000</v>
+        <v>1049000</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>108410</v>
+        <v>107256</v>
       </c>
       <c r="B68" t="str">
-        <v>L4.5.4</v>
+        <v>L3.8</v>
       </c>
       <c r="C68" t="str">
-        <v>Investeringsbijdragen - provinc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D68" t="str">
         <v>2.9</v>
       </c>
       <c r="E68" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F68" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G68" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I68" s="1">
-        <v>500000</v>
+        <v>6317000</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>108481</v>
+        <v>107257</v>
       </c>
       <c r="B69" t="str">
-        <v>L4.5.5</v>
+        <v>L3.8</v>
       </c>
       <c r="C69" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D69" t="str">
         <v>2.9</v>
       </c>
       <c r="E69" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F69" t="str">
         <v>2025X001</v>
       </c>
       <c r="G69" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I69" s="1">
-        <v>394000</v>
+        <v>559000</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>108482</v>
+        <v>107258</v>
       </c>
       <c r="B70" t="str">
-        <v>L4.5.5</v>
+        <v>L3.8</v>
       </c>
       <c r="C70" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D70" t="str">
         <v>2.9</v>
       </c>
       <c r="E70" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F70" t="str">
         <v>2025X002</v>
       </c>
       <c r="G70" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I70" s="1">
-        <v>394000</v>
+        <v>1117000</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>109200</v>
+        <v>107259</v>
       </c>
       <c r="B71" t="str">
-        <v>L7.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C71" t="str">
-        <v>Afschrijvingen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D71" t="str">
         <v>2.9</v>
       </c>
       <c r="E71" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F71" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G71" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I71" s="1">
-        <v>321000</v>
+        <v>1759000</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>109272</v>
+        <v>107400</v>
       </c>
       <c r="B72" t="str">
-        <v>L7.4</v>
+        <v>L4.2</v>
       </c>
       <c r="C72" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D72" t="str">
         <v>2.9</v>
       </c>
       <c r="E72" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F72" t="str">
         <v>2025X000</v>
       </c>
       <c r="G72" t="str">
         <v>Begroting</v>
       </c>
       <c r="I72" s="1">
-        <v>17000</v>
+        <v>5255000</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>109992</v>
+        <v>107472</v>
       </c>
       <c r="B73" t="str">
-        <v>B3.7</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C73" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D73" t="str">
         <v>2.9</v>
       </c>
       <c r="E73" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F73" t="str">
         <v>2025X000</v>
       </c>
       <c r="G73" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H73" s="1">
-        <v>266000</v>
+      <c r="I73" s="1">
+        <v>3544000</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>109994</v>
+        <v>107473</v>
       </c>
       <c r="B74" t="str">
-        <v>B3.7</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C74" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D74" t="str">
         <v>2.9</v>
       </c>
       <c r="E74" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F74" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G74" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>21000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I74" s="1">
+        <v>147000</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>110064</v>
+        <v>107545</v>
       </c>
       <c r="B75" t="str">
-        <v>B3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C75" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D75" t="str">
         <v>2.9</v>
       </c>
       <c r="E75" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F75" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G75" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>205000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I75" s="1">
+        <v>658000</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>110065</v>
+        <v>107546</v>
       </c>
       <c r="B76" t="str">
-        <v>B3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C76" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D76" t="str">
         <v>2.9</v>
       </c>
       <c r="E76" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F76" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G76" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I76" s="1">
+        <v>987000</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>110066</v>
+        <v>107547</v>
       </c>
       <c r="B77" t="str">
-        <v>B3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C77" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D77" t="str">
         <v>2.9</v>
       </c>
       <c r="E77" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F77" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G77" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I77" s="1">
+        <v>894000</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>110208</v>
+        <v>107617</v>
       </c>
       <c r="B78" t="str">
-        <v>B4.3.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C78" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D78" t="str">
         <v>2.9</v>
       </c>
       <c r="E78" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F78" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G78" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1675000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I78" s="1">
+        <v>910000</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>110640</v>
+        <v>107618</v>
       </c>
       <c r="B79" t="str">
-        <v>B4.3.7</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C79" t="str">
-        <v>Inkomensoverdrachten - Europese..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D79" t="str">
         <v>2.9</v>
       </c>
       <c r="E79" t="str">
         <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F79" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G79" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>41000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I79" s="1">
+        <v>975000</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>112368</v>
+        <v>107619</v>
       </c>
       <c r="B80" t="str">
-        <v>L1.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C80" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D80" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E80" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F80" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G80" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I80" s="1">
-        <v>234000</v>
+        <v>1115000</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>112369</v>
+        <v>107689</v>
       </c>
       <c r="B81" t="str">
-        <v>L1.1</v>
+        <v>L4.3.4</v>
       </c>
       <c r="C81" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D81" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E81" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F81" t="str">
         <v>2025X001</v>
       </c>
       <c r="G81" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I81" s="1">
-        <v>526000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>112370</v>
+        <v>107690</v>
       </c>
       <c r="B82" t="str">
-        <v>L1.1</v>
+        <v>L4.3.4</v>
       </c>
       <c r="C82" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D82" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E82" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F82" t="str">
         <v>2025X002</v>
       </c>
       <c r="G82" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I82" s="1">
-        <v>1040000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>112872</v>
+        <v>107691</v>
       </c>
       <c r="B83" t="str">
-        <v>L3.8</v>
+        <v>L4.3.4</v>
       </c>
       <c r="C83" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D83" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E83" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F83" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G83" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I83" s="1">
-        <v>190000</v>
+        <v>32000</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>112873</v>
+        <v>107976</v>
       </c>
       <c r="B84" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C84" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D84" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E84" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F84" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G84" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I84" s="1">
-        <v>38000</v>
+        <v>346000</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>112874</v>
+        <v>107977</v>
       </c>
       <c r="B85" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C85" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D85" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E85" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F85" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G85" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I85" s="1">
-        <v>38000</v>
+        <v>337000</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>113592</v>
+        <v>107978</v>
       </c>
       <c r="B86" t="str">
         <v>L4.3.8</v>
       </c>
       <c r="C86" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D86" t="str">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="E86" t="str">
-        <v>Waterkeringen</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F86" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G86" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I86" s="1">
-        <v>10000</v>
+        <v>337000</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>117984</v>
+        <v>107979</v>
       </c>
       <c r="B87" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C87" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D87" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E87" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F87" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G87" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I87" s="1">
-        <v>3273000</v>
+        <v>374000</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>118201</v>
+        <v>108192</v>
       </c>
       <c r="B88" t="str">
-        <v>L3.2</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C88" t="str">
-        <v>Duurzame goederen</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D88" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E88" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F88" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G88" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I88" s="1">
-        <v>1000</v>
+        <v>2274000</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>118202</v>
+        <v>108265</v>
       </c>
       <c r="B89" t="str">
-        <v>L3.2</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C89" t="str">
-        <v>Duurzame goederen</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D89" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E89" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F89" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G89" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I89" s="1">
-        <v>1000</v>
+        <v>7743000</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>118416</v>
+        <v>108266</v>
       </c>
       <c r="B90" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C90" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D90" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E90" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F90" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G90" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I90" s="1">
-        <v>100000</v>
+        <v>7790000</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>118417</v>
+        <v>108267</v>
       </c>
       <c r="B91" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C91" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D91" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E91" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F91" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G91" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I91" s="1">
-        <v>44000</v>
+        <v>6870000</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>118418</v>
+        <v>108410</v>
       </c>
       <c r="B92" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.4</v>
       </c>
       <c r="C92" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D92" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E92" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F92" t="str">
         <v>2025X002</v>
       </c>
       <c r="G92" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I92" s="1">
-        <v>73000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>118488</v>
+        <v>108411</v>
       </c>
       <c r="B93" t="str">
-        <v>L3.8</v>
+        <v>L4.5.4</v>
       </c>
       <c r="C93" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D93" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E93" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F93" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G93" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I93" s="1">
-        <v>6505000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>118489</v>
+        <v>108481</v>
       </c>
       <c r="B94" t="str">
-        <v>L3.8</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C94" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D94" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E94" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F94" t="str">
         <v>2025X001</v>
       </c>
       <c r="G94" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I94" s="1">
-        <v>88000</v>
+        <v>394000</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>118490</v>
+        <v>108482</v>
       </c>
       <c r="B95" t="str">
-        <v>L3.8</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C95" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D95" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E95" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F95" t="str">
         <v>2025X002</v>
       </c>
       <c r="G95" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I95" s="1">
-        <v>305000</v>
+        <v>394000</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>118777</v>
+        <v>108483</v>
       </c>
       <c r="B96" t="str">
-        <v>L4.3.2</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C96" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D96" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E96" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F96" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G96" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I96" s="1">
-        <v>25000</v>
+        <v>581000</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>118778</v>
+        <v>109200</v>
       </c>
       <c r="B97" t="str">
-        <v>L4.3.2</v>
+        <v>L7.3</v>
       </c>
       <c r="C97" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D97" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E97" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F97" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G97" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I97" s="1">
-        <v>25000</v>
+        <v>321000</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>118849</v>
+        <v>109203</v>
       </c>
       <c r="B98" t="str">
-        <v>L4.3.3</v>
+        <v>L7.3</v>
       </c>
       <c r="C98" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D98" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E98" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F98" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G98" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I98" s="1">
-        <v>30000</v>
+        <v>371000</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>118850</v>
+        <v>109272</v>
       </c>
       <c r="B99" t="str">
-        <v>L4.3.3</v>
+        <v>L7.4</v>
       </c>
       <c r="C99" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D99" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E99" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F99" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G99" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I99" s="1">
-        <v>45000</v>
+        <v>17000</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>118994</v>
+        <v>109992</v>
       </c>
       <c r="B100" t="str">
-        <v>L4.3.5</v>
+        <v>B3.7</v>
       </c>
       <c r="C100" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D100" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E100" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F100" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G100" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H100" s="1">
+        <v>266000</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>119208</v>
+        <v>109994</v>
       </c>
       <c r="B101" t="str">
-        <v>L4.3.8</v>
+        <v>B3.7</v>
       </c>
       <c r="C101" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D101" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E101" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F101" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G101" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H101" s="1">
+        <v>21000</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>119210</v>
+        <v>109995</v>
       </c>
       <c r="B102" t="str">
-        <v>L4.3.8</v>
+        <v>B3.7</v>
       </c>
       <c r="C102" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D102" t="str">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="E102" t="str">
-        <v>Kwantiteit oppervlaktewater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F102" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G102" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>404000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H102" s="1">
+        <v>13000</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>123600</v>
+        <v>110064</v>
       </c>
       <c r="B103" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C103" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D103" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E103" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F103" t="str">
         <v>2025X000</v>
       </c>
       <c r="G103" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I103" s="1">
-        <v>451000</v>
+      <c r="H103" s="1">
+        <v>205000</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>123601</v>
+        <v>110065</v>
       </c>
       <c r="B104" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C104" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D104" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E104" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F104" t="str">
         <v>2025X001</v>
       </c>
       <c r="G104" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="I104" s="1">
-        <v>432000</v>
+      <c r="H104" s="1">
+        <v>1000</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>123602</v>
+        <v>110066</v>
       </c>
       <c r="B105" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C105" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D105" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E105" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F105" t="str">
         <v>2025X002</v>
       </c>
       <c r="G105" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I105" s="1">
-        <v>852000</v>
+      <c r="H105" s="1">
+        <v>2000</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>124034</v>
+        <v>110067</v>
       </c>
       <c r="B106" t="str">
-        <v>L3.5.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C106" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D106" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E106" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F106" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G106" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>17000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H106" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>124104</v>
+        <v>110208</v>
       </c>
       <c r="B107" t="str">
-        <v>L3.8</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C107" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D107" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E107" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F107" t="str">
         <v>2025X000</v>
       </c>
       <c r="G107" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I107" s="1">
-        <v>430000</v>
+      <c r="H107" s="1">
+        <v>1675000</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>124105</v>
+        <v>110355</v>
       </c>
       <c r="B108" t="str">
-        <v>L3.8</v>
+        <v>B4.3.3</v>
       </c>
       <c r="C108" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D108" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E108" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F108" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G108" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>63000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H108" s="1">
+        <v>900000</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>124106</v>
+        <v>110640</v>
       </c>
       <c r="B109" t="str">
-        <v>L3.8</v>
+        <v>B4.3.7</v>
       </c>
       <c r="C109" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - Europese..</v>
       </c>
       <c r="D109" t="str">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
       <c r="E109" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Verkeer en vervoer, overige baten ..</v>
       </c>
       <c r="F109" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G109" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>155000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H109" s="1">
+        <v>41000</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>126840</v>
+        <v>112368</v>
       </c>
       <c r="B110" t="str">
-        <v>B3.7</v>
+        <v>L1.1</v>
       </c>
       <c r="C110" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D110" t="str">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
       <c r="E110" t="str">
-        <v>Kwantiteit grondwater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F110" t="str">
         <v>2025X000</v>
       </c>
       <c r="G110" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H110" s="1">
-        <v>430000</v>
+      <c r="I110" s="1">
+        <v>234000</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>129721</v>
+        <v>112369</v>
       </c>
       <c r="B111" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C111" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D111" t="str">
-        <v>3.4</v>
+        <v>3.1</v>
       </c>
       <c r="E111" t="str">
-        <v>Kwaliteit oppervlaktewater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F111" t="str">
         <v>2025X001</v>
       </c>
       <c r="G111" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I111" s="1">
-        <v>66000</v>
+        <v>526000</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>129722</v>
+        <v>112370</v>
       </c>
       <c r="B112" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C112" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D112" t="str">
-        <v>3.4</v>
+        <v>3.1</v>
       </c>
       <c r="E112" t="str">
-        <v>Kwaliteit oppervlaktewater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F112" t="str">
         <v>2025X002</v>
       </c>
       <c r="G112" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I112" s="1">
-        <v>130000</v>
+        <v>1040000</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>13440</v>
+        <v>112371</v>
       </c>
       <c r="B113" t="str">
-        <v>L5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C113" t="str">
-        <v>Rente</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D113" t="str">
-        <v>0.3</v>
+        <v>3.1</v>
       </c>
       <c r="E113" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F113" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G113" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I113" s="1">
-        <v>10185000</v>
+        <v>1555000</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>13441</v>
+        <v>112872</v>
       </c>
       <c r="B114" t="str">
-        <v>L5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C114" t="str">
-        <v>Rente</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D114" t="str">
-        <v>0.3</v>
+        <v>3.1</v>
       </c>
       <c r="E114" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F114" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G114" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I114" s="1">
-        <v>2540000</v>
+        <v>190000</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>13442</v>
+        <v>112873</v>
       </c>
       <c r="B115" t="str">
-        <v>L5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C115" t="str">
-        <v>Rente</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D115" t="str">
-        <v>0.3</v>
+        <v>3.1</v>
       </c>
       <c r="E115" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F115" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G115" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I115" s="1">
-        <v>5083000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>134832</v>
+        <v>112874</v>
       </c>
       <c r="B116" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C116" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D116" t="str">
-        <v>3.5</v>
+        <v>3.1</v>
       </c>
       <c r="E116" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F116" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G116" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I116" s="1">
-        <v>514000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>134833</v>
+        <v>112875</v>
       </c>
       <c r="B117" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C117" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D117" t="str">
-        <v>3.5</v>
+        <v>3.1</v>
       </c>
       <c r="E117" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F117" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G117" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I117" s="1">
-        <v>676000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>134834</v>
+        <v>113592</v>
       </c>
       <c r="B118" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C118" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D118" t="str">
-        <v>3.5</v>
+        <v>3.1</v>
       </c>
       <c r="E118" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Waterkeringen</v>
       </c>
       <c r="F118" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G118" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I118" s="1">
-        <v>1294000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>134906</v>
+        <v>117984</v>
       </c>
       <c r="B119" t="str">
-        <v>L2.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C119" t="str">
-        <v>Belastingen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D119" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E119" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F119" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G119" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I119" s="1">
-        <v>2000</v>
+        <v>3273000</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>135049</v>
+        <v>118201</v>
       </c>
       <c r="B120" t="str">
         <v>L3.2</v>
       </c>
       <c r="C120" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D120" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E120" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F120" t="str">
         <v>2025X001</v>
       </c>
       <c r="G120" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I120" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>135050</v>
+        <v>118202</v>
       </c>
       <c r="B121" t="str">
         <v>L3.2</v>
       </c>
       <c r="C121" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D121" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E121" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F121" t="str">
         <v>2025X002</v>
       </c>
       <c r="G121" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I121" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>135265</v>
+        <v>118203</v>
       </c>
       <c r="B122" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C122" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D122" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E122" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F122" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G122" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I122" s="1">
-        <v>34000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>135266</v>
+        <v>118416</v>
       </c>
       <c r="B123" t="str">
         <v>L3.5.1</v>
       </c>
       <c r="C123" t="str">
         <v>Ingeleend personeel</v>
       </c>
       <c r="D123" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E123" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F123" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G123" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I123" s="1">
-        <v>75000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>135336</v>
+        <v>118417</v>
       </c>
       <c r="B124" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C124" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D124" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E124" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F124" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G124" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I124" s="1">
-        <v>2430000</v>
+        <v>44000</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>135337</v>
+        <v>118418</v>
       </c>
       <c r="B125" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C125" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D125" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E125" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F125" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G125" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I125" s="1">
-        <v>81000</v>
+        <v>73000</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>135338</v>
+        <v>118419</v>
       </c>
       <c r="B126" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C126" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D126" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E126" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F126" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G126" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I126" s="1">
-        <v>242000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>135481</v>
+        <v>118488</v>
       </c>
       <c r="B127" t="str">
-        <v>L4.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C127" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D127" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E127" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F127" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G127" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I127" s="1">
-        <v>17000</v>
+        <v>6505000</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>135770</v>
+        <v>118489</v>
       </c>
       <c r="B128" t="str">
-        <v>L4.3.4</v>
+        <v>L3.8</v>
       </c>
       <c r="C128" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D128" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E128" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F128" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G128" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I128" s="1">
-        <v>124000</v>
+        <v>88000</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
-        <v>135842</v>
+        <v>118490</v>
       </c>
       <c r="B129" t="str">
-        <v>L4.3.5</v>
+        <v>L3.8</v>
       </c>
       <c r="C129" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D129" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E129" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F129" t="str">
         <v>2025X002</v>
       </c>
       <c r="G129" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I129" s="1">
-        <v>21000</v>
+        <v>305000</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>136056</v>
+        <v>118491</v>
       </c>
       <c r="B130" t="str">
-        <v>L4.3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C130" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D130" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E130" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F130" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G130" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I130" s="1">
-        <v>1830000</v>
+        <v>423000</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
-        <v>136057</v>
+        <v>118707</v>
       </c>
       <c r="B131" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C131" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D131" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E131" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F131" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G131" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I131" s="1">
-        <v>803000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>136058</v>
+        <v>118777</v>
       </c>
       <c r="B132" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C132" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D132" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E132" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F132" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G132" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I132" s="1">
-        <v>763000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
-        <v>138144</v>
+        <v>118778</v>
       </c>
       <c r="B133" t="str">
-        <v>B3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C133" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D133" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E133" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F133" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G133" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>999000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I133" s="1">
+        <v>25000</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
-        <v>138288</v>
+        <v>118779</v>
       </c>
       <c r="B134" t="str">
-        <v>B4.3.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C134" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D134" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E134" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F134" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G134" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1141000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I134" s="1">
+        <v>100000</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
-        <v>138506</v>
+        <v>118849</v>
       </c>
       <c r="B135" t="str">
-        <v>B4.3.4</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C135" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D135" t="str">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="E135" t="str">
-        <v>Kwaliteit grondwater</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F135" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G135" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I135" s="1">
+        <v>30000</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>140448</v>
+        <v>118850</v>
       </c>
       <c r="B136" t="str">
-        <v>L1.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C136" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D136" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E136" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F136" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G136" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I136" s="1">
-        <v>1222000</v>
+        <v>45000</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
-        <v>140880</v>
+        <v>118851</v>
       </c>
       <c r="B137" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C137" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D137" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E137" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F137" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G137" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I137" s="1">
-        <v>100000</v>
+        <v>173000</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>140952</v>
+        <v>118994</v>
       </c>
       <c r="B138" t="str">
-        <v>L3.8</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C138" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D138" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E138" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F138" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G138" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I138" s="1">
-        <v>770000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
-        <v>140953</v>
+        <v>118995</v>
       </c>
       <c r="B139" t="str">
-        <v>L3.8</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C139" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D139" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E139" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F139" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G139" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I139" s="1">
-        <v>154000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>140954</v>
+        <v>119208</v>
       </c>
       <c r="B140" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C140" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D140" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E140" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F140" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G140" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I140" s="1">
-        <v>272000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
-        <v>141168</v>
+        <v>119210</v>
       </c>
       <c r="B141" t="str">
-        <v>L4.3.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C141" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D141" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E141" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F141" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G141" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I141" s="1">
-        <v>729000</v>
+        <v>404000</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>141241</v>
+        <v>119211</v>
       </c>
       <c r="B142" t="str">
-        <v>L4.3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C142" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D142" t="str">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="E142" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit oppervlaktewater</v>
       </c>
       <c r="F142" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G142" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I142" s="1">
-        <v>199000</v>
+        <v>404000</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
-        <v>141242</v>
+        <v>123600</v>
       </c>
       <c r="B143" t="str">
-        <v>L4.3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C143" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D143" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E143" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F143" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G143" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I143" s="1">
-        <v>235000</v>
+        <v>451000</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>141313</v>
+        <v>123601</v>
       </c>
       <c r="B144" t="str">
-        <v>L4.3.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C144" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D144" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E144" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F144" t="str">
         <v>2025X001</v>
       </c>
       <c r="G144" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I144" s="1">
-        <v>373000</v>
+        <v>432000</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
-        <v>141314</v>
+        <v>123602</v>
       </c>
       <c r="B145" t="str">
-        <v>L4.3.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C145" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D145" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E145" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F145" t="str">
         <v>2025X002</v>
       </c>
       <c r="G145" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I145" s="1">
-        <v>424000</v>
+        <v>852000</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>141457</v>
+        <v>123603</v>
       </c>
       <c r="B146" t="str">
-        <v>L4.3.5</v>
+        <v>L1.1</v>
       </c>
       <c r="C146" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D146" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E146" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F146" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G146" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I146" s="1">
-        <v>273000</v>
+        <v>1274000</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
-        <v>141458</v>
+        <v>124034</v>
       </c>
       <c r="B147" t="str">
-        <v>L4.3.5</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C147" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D147" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E147" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F147" t="str">
         <v>2025X002</v>
       </c>
       <c r="G147" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I147" s="1">
-        <v>273000</v>
+        <v>17000</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
-        <v>141672</v>
+        <v>124035</v>
       </c>
       <c r="B148" t="str">
-        <v>L4.3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C148" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D148" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E148" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F148" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G148" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I148" s="1">
-        <v>166000</v>
+        <v>49000</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
-        <v>141673</v>
+        <v>124104</v>
       </c>
       <c r="B149" t="str">
-        <v>L4.3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C149" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D149" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E149" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F149" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G149" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I149" s="1">
-        <v>189000</v>
+        <v>430000</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
-        <v>141674</v>
+        <v>124105</v>
       </c>
       <c r="B150" t="str">
-        <v>L4.3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C150" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D150" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E150" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F150" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G150" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I150" s="1">
-        <v>239000</v>
+        <v>63000</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
-        <v>143760</v>
+        <v>124106</v>
       </c>
       <c r="B151" t="str">
-        <v>B3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C151" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D151" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E151" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F151" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G151" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>131000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I151" s="1">
+        <v>155000</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
-        <v>143904</v>
+        <v>124107</v>
       </c>
       <c r="B152" t="str">
-        <v>B4.3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C152" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D152" t="str">
-        <v>3.9</v>
+        <v>3.3</v>
       </c>
       <c r="E152" t="str">
-        <v>Water, overige baten en lasten</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F152" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G152" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>66000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I152" s="1">
+        <v>209000</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
-        <v>146064</v>
+        <v>126840</v>
       </c>
       <c r="B153" t="str">
-        <v>L1.1</v>
+        <v>B3.7</v>
       </c>
       <c r="C153" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D153" t="str">
-        <v>4.1</v>
+        <v>3.3</v>
       </c>
       <c r="E153" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwantiteit grondwater</v>
       </c>
       <c r="F153" t="str">
         <v>2025X000</v>
       </c>
       <c r="G153" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I153" s="1">
-        <v>728000</v>
+      <c r="H153" s="1">
+        <v>430000</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>146569</v>
+        <v>129721</v>
       </c>
       <c r="B154" t="str">
         <v>L3.8</v>
       </c>
       <c r="C154" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D154" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E154" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F154" t="str">
         <v>2025X001</v>
       </c>
       <c r="G154" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I154" s="1">
-        <v>4000</v>
+        <v>66000</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
-        <v>146570</v>
+        <v>129722</v>
       </c>
       <c r="B155" t="str">
         <v>L3.8</v>
       </c>
       <c r="C155" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D155" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E155" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F155" t="str">
         <v>2025X002</v>
       </c>
       <c r="G155" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I155" s="1">
-        <v>4000</v>
+        <v>130000</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>146712</v>
+        <v>129723</v>
       </c>
       <c r="B156" t="str">
-        <v>L4.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C156" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D156" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E156" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F156" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G156" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I156" s="1">
-        <v>438000</v>
+        <v>215000</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
-        <v>146713</v>
+        <v>133395</v>
       </c>
       <c r="B157" t="str">
-        <v>L4.2</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C157" t="str">
-        <v>Subsidies</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D157" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E157" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F157" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G157" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>885000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H157" s="1">
+        <v>136000</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>146714</v>
+        <v>133611</v>
       </c>
       <c r="B158" t="str">
-        <v>L4.2</v>
+        <v>B4.5.4</v>
       </c>
       <c r="C158" t="str">
-        <v>Subsidies</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D158" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E158" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F158" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G158" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1620000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H158" s="1">
+        <v>139000</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
-        <v>146784</v>
+        <v>133683</v>
       </c>
       <c r="B159" t="str">
-        <v>L4.3.1</v>
+        <v>B4.5.5</v>
       </c>
       <c r="C159" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D159" t="str">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E159" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit oppervlaktewater</v>
       </c>
       <c r="F159" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G159" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>825000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H159" s="1">
+        <v>186000</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
-        <v>146857</v>
+        <v>13440</v>
       </c>
       <c r="B160" t="str">
-        <v>L4.3.2</v>
+        <v>L5.1</v>
       </c>
       <c r="C160" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Rente</v>
       </c>
       <c r="D160" t="str">
-        <v>4.1</v>
+        <v>0.3</v>
       </c>
       <c r="E160" t="str">
-        <v>Bodembescherming</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F160" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G160" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I160" s="1">
-        <v>1072000</v>
+        <v>10185000</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
-        <v>146858</v>
+        <v>13441</v>
       </c>
       <c r="B161" t="str">
-        <v>L4.3.2</v>
+        <v>L5.1</v>
       </c>
       <c r="C161" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Rente</v>
       </c>
       <c r="D161" t="str">
-        <v>4.1</v>
+        <v>0.3</v>
       </c>
       <c r="E161" t="str">
-        <v>Bodembescherming</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F161" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G161" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I161" s="1">
-        <v>1072000</v>
+        <v>2540000</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
-        <v>146929</v>
+        <v>13442</v>
       </c>
       <c r="B162" t="str">
-        <v>L4.3.3</v>
+        <v>L5.1</v>
       </c>
       <c r="C162" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Rente</v>
       </c>
       <c r="D162" t="str">
-        <v>4.1</v>
+        <v>0.3</v>
       </c>
       <c r="E162" t="str">
-        <v>Bodembescherming</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F162" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G162" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I162" s="1">
-        <v>2803000</v>
+        <v>5083000</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
-        <v>146930</v>
+        <v>13443</v>
       </c>
       <c r="B163" t="str">
-        <v>L4.3.3</v>
+        <v>L5.1</v>
       </c>
       <c r="C163" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Rente</v>
       </c>
       <c r="D163" t="str">
-        <v>4.1</v>
+        <v>0.3</v>
       </c>
       <c r="E163" t="str">
-        <v>Bodembescherming</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F163" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G163" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I163" s="1">
-        <v>3624000</v>
+        <v>7635000</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
-        <v>147290</v>
+        <v>134832</v>
       </c>
       <c r="B164" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C164" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D164" t="str">
-        <v>4.1</v>
+        <v>3.5</v>
       </c>
       <c r="E164" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F164" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G164" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I164" s="1">
-        <v>78000</v>
+        <v>514000</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
-        <v>147504</v>
+        <v>134833</v>
       </c>
       <c r="B165" t="str">
-        <v>L4.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C165" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D165" t="str">
-        <v>4.1</v>
+        <v>3.5</v>
       </c>
       <c r="E165" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F165" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G165" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I165" s="1">
-        <v>1072000</v>
+        <v>676000</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
-        <v>149520</v>
+        <v>134834</v>
       </c>
       <c r="B166" t="str">
-        <v>B4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C166" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D166" t="str">
-        <v>4.1</v>
+        <v>3.5</v>
       </c>
       <c r="E166" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F166" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G166" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1072000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I166" s="1">
+        <v>1294000</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
-        <v>149522</v>
+        <v>134835</v>
       </c>
       <c r="B167" t="str">
-        <v>B4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C167" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D167" t="str">
-        <v>4.1</v>
+        <v>3.5</v>
       </c>
       <c r="E167" t="str">
-        <v>Bodembescherming</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F167" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G167" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1852000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I167" s="1">
+        <v>1915000</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
-        <v>151680</v>
+        <v>134906</v>
       </c>
       <c r="B168" t="str">
-        <v>L1.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C168" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Belastingen</v>
       </c>
       <c r="D168" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E168" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F168" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G168" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I168" s="1">
-        <v>618000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
-        <v>151681</v>
+        <v>135049</v>
       </c>
       <c r="B169" t="str">
-        <v>L1.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C169" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D169" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E169" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F169" t="str">
         <v>2025X001</v>
       </c>
       <c r="G169" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I169" s="1">
-        <v>242000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
-        <v>151682</v>
+        <v>135050</v>
       </c>
       <c r="B170" t="str">
-        <v>L1.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C170" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D170" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E170" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F170" t="str">
         <v>2025X002</v>
       </c>
       <c r="G170" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I170" s="1">
-        <v>476000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
-        <v>152184</v>
+        <v>135051</v>
       </c>
       <c r="B171" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C171" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D171" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E171" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F171" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G171" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I171" s="1">
-        <v>946000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
-        <v>152185</v>
+        <v>135265</v>
       </c>
       <c r="B172" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C172" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D172" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E172" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F172" t="str">
         <v>2025X001</v>
       </c>
       <c r="G172" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I172" s="1">
-        <v>57000</v>
+        <v>34000</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
-        <v>152186</v>
+        <v>135266</v>
       </c>
       <c r="B173" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C173" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D173" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E173" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F173" t="str">
         <v>2025X002</v>
       </c>
       <c r="G173" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I173" s="1">
-        <v>125000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
-        <v>152545</v>
+        <v>135267</v>
       </c>
       <c r="B174" t="str">
-        <v>L4.3.3</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C174" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D174" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E174" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F174" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G174" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I174" s="1">
-        <v>28000</v>
+        <v>97000</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
-        <v>152546</v>
+        <v>135336</v>
       </c>
       <c r="B175" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C175" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D175" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E175" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F175" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G175" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I175" s="1">
-        <v>55000</v>
+        <v>2430000</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
-        <v>153120</v>
+        <v>135337</v>
       </c>
       <c r="B176" t="str">
-        <v>L4.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C176" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D176" t="str">
-        <v>4.2</v>
+        <v>3.5</v>
       </c>
       <c r="E176" t="str">
-        <v>Luchtverontreiniging</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F176" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G176" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I176" s="1">
-        <v>500000</v>
+        <v>81000</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
-        <v>157296</v>
+        <v>135338</v>
       </c>
       <c r="B177" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C177" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D177" t="str">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="E177" t="str">
-        <v>Geluidhinder</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F177" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G177" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I177" s="1">
-        <v>342000</v>
+        <v>242000</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
-        <v>157800</v>
+        <v>135339</v>
       </c>
       <c r="B178" t="str">
         <v>L3.8</v>
       </c>
       <c r="C178" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D178" t="str">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="E178" t="str">
-        <v>Geluidhinder</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F178" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G178" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I178" s="1">
-        <v>256000</v>
+        <v>496000</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
-        <v>157802</v>
+        <v>135481</v>
       </c>
       <c r="B179" t="str">
-        <v>L3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C179" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D179" t="str">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="E179" t="str">
-        <v>Geluidhinder</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F179" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G179" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I179" s="1">
-        <v>43000</v>
+        <v>17000</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
-        <v>158161</v>
+        <v>135699</v>
       </c>
       <c r="B180" t="str">
         <v>L4.3.3</v>
       </c>
       <c r="C180" t="str">
         <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D180" t="str">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="E180" t="str">
-        <v>Geluidhinder</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F180" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G180" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I180" s="1">
-        <v>158000</v>
+        <v>124000</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
-        <v>158162</v>
+        <v>135770</v>
       </c>
       <c r="B181" t="str">
-        <v>L4.3.3</v>
+        <v>L4.3.4</v>
       </c>
       <c r="C181" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D181" t="str">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="E181" t="str">
-        <v>Geluidhinder</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F181" t="str">
         <v>2025X002</v>
       </c>
       <c r="G181" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I181" s="1">
-        <v>79000</v>
+        <v>124000</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
-        <v>16176</v>
+        <v>135771</v>
       </c>
       <c r="B182" t="str">
-        <v>B5.1</v>
+        <v>L4.3.4</v>
       </c>
       <c r="C182" t="str">
-        <v>Rente</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D182" t="str">
-        <v>0.3</v>
+        <v>3.5</v>
       </c>
       <c r="E182" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F182" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G182" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>6292000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I182" s="1">
+        <v>17000</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
-        <v>16177</v>
+        <v>135842</v>
       </c>
       <c r="B183" t="str">
-        <v>B5.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C183" t="str">
-        <v>Rente</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D183" t="str">
-        <v>0.3</v>
+        <v>3.5</v>
       </c>
       <c r="E183" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F183" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G183" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>15000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I183" s="1">
+        <v>21000</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
-        <v>16178</v>
+        <v>136056</v>
       </c>
       <c r="B184" t="str">
-        <v>B5.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C184" t="str">
-        <v>Rente</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D184" t="str">
-        <v>0.3</v>
+        <v>3.5</v>
       </c>
       <c r="E184" t="str">
-        <v>Geldleningen en uitzettingen</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F184" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G184" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>4393000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I184" s="1">
+        <v>1830000</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
-        <v>162912</v>
+        <v>136057</v>
       </c>
       <c r="B185" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C185" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D185" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E185" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F185" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G185" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I185" s="1">
-        <v>1734000</v>
+        <v>803000</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
-        <v>162913</v>
+        <v>136058</v>
       </c>
       <c r="B186" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C186" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D186" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E186" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F186" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G186" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I186" s="1">
-        <v>221000</v>
+        <v>763000</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
-        <v>162914</v>
+        <v>136059</v>
       </c>
       <c r="B187" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C187" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D187" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E187" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F187" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G187" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I187" s="1">
-        <v>455000</v>
+        <v>440000</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
-        <v>163344</v>
+        <v>138144</v>
       </c>
       <c r="B188" t="str">
-        <v>L3.5.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C188" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D188" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E188" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F188" t="str">
         <v>2025X000</v>
       </c>
       <c r="G188" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I188" s="1">
-        <v>1746000</v>
+      <c r="H188" s="1">
+        <v>999000</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
-        <v>163345</v>
+        <v>138288</v>
       </c>
       <c r="B189" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C189" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D189" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E189" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F189" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G189" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>88000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H189" s="1">
+        <v>1141000</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
-        <v>163346</v>
+        <v>138506</v>
       </c>
       <c r="B190" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.4</v>
       </c>
       <c r="C190" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D190" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E190" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F190" t="str">
         <v>2025X002</v>
       </c>
       <c r="G190" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I190" s="1">
-        <v>249000</v>
+      <c r="H190" s="1">
+        <v>50000</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
-        <v>163416</v>
+        <v>138507</v>
       </c>
       <c r="B191" t="str">
-        <v>L3.8</v>
+        <v>B4.3.4</v>
       </c>
       <c r="C191" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D191" t="str">
-        <v>4.4</v>
+        <v>3.5</v>
       </c>
       <c r="E191" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Kwaliteit grondwater</v>
       </c>
       <c r="F191" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G191" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>2600000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H191" s="1">
+        <v>50000</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
-        <v>163417</v>
+        <v>140448</v>
       </c>
       <c r="B192" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C192" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D192" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E192" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F192" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G192" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I192" s="1">
-        <v>25000</v>
+        <v>1222000</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
-        <v>163418</v>
+        <v>140880</v>
       </c>
       <c r="B193" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C193" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D193" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E193" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F193" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G193" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I193" s="1">
-        <v>29000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
-        <v>163632</v>
+        <v>140952</v>
       </c>
       <c r="B194" t="str">
-        <v>L4.3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C194" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D194" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E194" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F194" t="str">
         <v>2025X000</v>
       </c>
       <c r="G194" t="str">
         <v>Begroting</v>
       </c>
       <c r="I194" s="1">
-        <v>60317000</v>
+        <v>770000</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
-        <v>163777</v>
+        <v>140953</v>
       </c>
       <c r="B195" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C195" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D195" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E195" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F195" t="str">
         <v>2025X001</v>
       </c>
       <c r="G195" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I195" s="1">
-        <v>20937000</v>
+        <v>154000</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
-        <v>163778</v>
+        <v>140954</v>
       </c>
       <c r="B196" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C196" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D196" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E196" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F196" t="str">
         <v>2025X002</v>
       </c>
       <c r="G196" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I196" s="1">
-        <v>32901000</v>
+        <v>272000</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
-        <v>165360</v>
+        <v>140955</v>
       </c>
       <c r="B197" t="str">
-        <v>L7.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C197" t="str">
-        <v>Afschrijvingen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D197" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E197" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F197" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G197" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I197" s="1">
-        <v>4000</v>
+        <v>395000</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
-        <v>166152</v>
+        <v>141168</v>
       </c>
       <c r="B198" t="str">
-        <v>B3.7</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C198" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D198" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E198" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F198" t="str">
         <v>2025X000</v>
       </c>
       <c r="G198" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H198" s="1">
-        <v>7400000</v>
+      <c r="I198" s="1">
+        <v>729000</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
-        <v>166154</v>
+        <v>141241</v>
       </c>
       <c r="B199" t="str">
-        <v>B3.7</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C199" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D199" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E199" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F199" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G199" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>750000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I199" s="1">
+        <v>199000</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
-        <v>166513</v>
+        <v>141242</v>
       </c>
       <c r="B200" t="str">
-        <v>B4.3.3</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C200" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D200" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E200" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F200" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G200" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>7000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I200" s="1">
+        <v>235000</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
-        <v>166514</v>
+        <v>141243</v>
       </c>
       <c r="B201" t="str">
-        <v>B4.3.3</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C201" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D201" t="str">
-        <v>4.4</v>
+        <v>3.9</v>
       </c>
       <c r="E201" t="str">
-        <v>Vergunningverlening en handhaving</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F201" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G201" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>7000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I201" s="1">
+        <v>659000</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
-        <v>169248</v>
+        <v>141313</v>
       </c>
       <c r="B202" t="str">
-        <v>L4.3.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C202" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D202" t="str">
-        <v>4.5</v>
+        <v>3.9</v>
       </c>
       <c r="E202" t="str">
-        <v>Ontgronding</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F202" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G202" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I202" s="1">
-        <v>20027000</v>
+        <v>373000</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
-        <v>174144</v>
+        <v>141314</v>
       </c>
       <c r="B203" t="str">
-        <v>L1.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C203" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D203" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E203" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F203" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G203" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I203" s="1">
-        <v>14655000</v>
+        <v>424000</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
-        <v>174145</v>
+        <v>141315</v>
       </c>
       <c r="B204" t="str">
-        <v>L1.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C204" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D204" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E204" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F204" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G204" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I204" s="1">
-        <v>3064000</v>
+        <v>682000</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
-        <v>174146</v>
+        <v>141457</v>
       </c>
       <c r="B205" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C205" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D205" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E205" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F205" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G205" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I205" s="1">
-        <v>5991000</v>
+        <v>273000</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
-        <v>174577</v>
+        <v>141458</v>
       </c>
       <c r="B206" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C206" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D206" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E206" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F206" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G206" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I206" s="1">
-        <v>255000</v>
+        <v>273000</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
-        <v>174578</v>
+        <v>141459</v>
       </c>
       <c r="B207" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C207" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D207" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E207" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F207" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G207" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I207" s="1">
-        <v>526000</v>
+        <v>278000</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
-        <v>174648</v>
+        <v>141672</v>
       </c>
       <c r="B208" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C208" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D208" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E208" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F208" t="str">
         <v>2025X000</v>
       </c>
       <c r="G208" t="str">
         <v>Begroting</v>
       </c>
       <c r="I208" s="1">
-        <v>16980000</v>
+        <v>166000</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
-        <v>174649</v>
+        <v>141673</v>
       </c>
       <c r="B209" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C209" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D209" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E209" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F209" t="str">
         <v>2025X001</v>
       </c>
       <c r="G209" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I209" s="1">
-        <v>1511000</v>
+        <v>189000</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
-        <v>174650</v>
+        <v>141674</v>
       </c>
       <c r="B210" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C210" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D210" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E210" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F210" t="str">
         <v>2025X002</v>
       </c>
       <c r="G210" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I210" s="1">
-        <v>3982000</v>
+        <v>239000</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
-        <v>174792</v>
+        <v>141675</v>
       </c>
       <c r="B211" t="str">
-        <v>L4.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C211" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D211" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E211" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F211" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G211" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I211" s="1">
-        <v>3354000</v>
+        <v>161000</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
-        <v>174793</v>
+        <v>143760</v>
       </c>
       <c r="B212" t="str">
-        <v>L4.2</v>
+        <v>B3.8</v>
       </c>
       <c r="C212" t="str">
-        <v>Subsidies</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D212" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E212" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F212" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G212" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>1009000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H212" s="1">
+        <v>131000</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
-        <v>174794</v>
+        <v>143904</v>
       </c>
       <c r="B213" t="str">
-        <v>L4.2</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C213" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D213" t="str">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="E213" t="str">
-        <v>Duurzaamheid</v>
+        <v>Water, overige baten en lasten</v>
       </c>
       <c r="F213" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G213" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1975000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H213" s="1">
+        <v>66000</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
-        <v>174937</v>
+        <v>146064</v>
       </c>
       <c r="B214" t="str">
-        <v>L4.3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C214" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D214" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E214" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F214" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G214" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I214" s="1">
-        <v>660000</v>
+        <v>728000</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
-        <v>174938</v>
+        <v>146569</v>
       </c>
       <c r="B215" t="str">
-        <v>L4.3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C215" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D215" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E215" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F215" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G215" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I215" s="1">
-        <v>843000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
-        <v>175009</v>
+        <v>146570</v>
       </c>
       <c r="B216" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C216" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D216" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E216" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F216" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G216" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I216" s="1">
-        <v>362000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
-        <v>175010</v>
+        <v>146571</v>
       </c>
       <c r="B217" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C217" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D217" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E217" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F217" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G217" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I217" s="1">
-        <v>857000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
-        <v>175154</v>
+        <v>146712</v>
       </c>
       <c r="B218" t="str">
-        <v>L4.3.5</v>
+        <v>L4.2</v>
       </c>
       <c r="C218" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D218" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E218" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F218" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G218" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I218" s="1">
-        <v>488000</v>
+        <v>438000</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
-        <v>175225</v>
+        <v>146713</v>
       </c>
       <c r="B219" t="str">
-        <v>L4.3.6</v>
+        <v>L4.2</v>
       </c>
       <c r="C219" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D219" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E219" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F219" t="str">
         <v>2025X001</v>
       </c>
       <c r="G219" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I219" s="1">
-        <v>12000</v>
+        <v>885000</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
-        <v>175226</v>
+        <v>146714</v>
       </c>
       <c r="B220" t="str">
-        <v>L4.3.6</v>
+        <v>L4.2</v>
       </c>
       <c r="C220" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D220" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E220" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F220" t="str">
         <v>2025X002</v>
       </c>
       <c r="G220" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I220" s="1">
-        <v>75000</v>
+        <v>1620000</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
-        <v>175368</v>
+        <v>146715</v>
       </c>
       <c r="B221" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C221" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D221" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E221" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F221" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G221" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I221" s="1">
-        <v>14054000</v>
+        <v>1620000</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
-        <v>175369</v>
+        <v>146784</v>
       </c>
       <c r="B222" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C222" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D222" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E222" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F222" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G222" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I222" s="1">
-        <v>5907000</v>
+        <v>825000</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
-        <v>175370</v>
+        <v>146857</v>
       </c>
       <c r="B223" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C223" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D223" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E223" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F223" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G223" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I223" s="1">
-        <v>6900000</v>
+        <v>1072000</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
-        <v>176089</v>
+        <v>146858</v>
       </c>
       <c r="B224" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C224" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D224" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E224" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F224" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G224" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I224" s="1">
-        <v>19050000</v>
+        <v>1072000</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
-        <v>176090</v>
+        <v>146859</v>
       </c>
       <c r="B225" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C225" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D225" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E225" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F225" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G225" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I225" s="1">
-        <v>19050000</v>
+        <v>116000</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
-        <v>176592</v>
+        <v>146929</v>
       </c>
       <c r="B226" t="str">
-        <v>L7.3</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C226" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D226" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E226" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F226" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G226" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I226" s="1">
-        <v>218000</v>
+        <v>2803000</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
-        <v>176664</v>
+        <v>146930</v>
       </c>
       <c r="B227" t="str">
-        <v>L7.4</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C227" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D227" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E227" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F227" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G227" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I227" s="1">
-        <v>10000</v>
+        <v>3624000</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
-        <v>177600</v>
+        <v>146931</v>
       </c>
       <c r="B228" t="str">
-        <v>B4.3.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C228" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D228" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E228" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F228" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G228" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>18671000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I228" s="1">
+        <v>5339000</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
-        <v>178106</v>
+        <v>147290</v>
       </c>
       <c r="B229" t="str">
-        <v>B4.3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C229" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D229" t="str">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E229" t="str">
-        <v>Duurzaamheid</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F229" t="str">
         <v>2025X002</v>
       </c>
       <c r="G229" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H229" s="1">
-        <v>3000</v>
+      <c r="I229" s="1">
+        <v>78000</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
-        <v>185376</v>
+        <v>147291</v>
       </c>
       <c r="B230" t="str">
-        <v>L1.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C230" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D230" t="str">
-        <v>5.1</v>
+        <v>4.1</v>
       </c>
       <c r="E230" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F230" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G230" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I230" s="1">
-        <v>6042000</v>
+        <v>98000</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
-        <v>185377</v>
+        <v>147504</v>
       </c>
       <c r="B231" t="str">
-        <v>L1.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C231" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D231" t="str">
-        <v>5.1</v>
+        <v>4.1</v>
       </c>
       <c r="E231" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F231" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G231" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I231" s="1">
-        <v>2679000</v>
+        <v>1072000</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
-        <v>185378</v>
+        <v>149520</v>
       </c>
       <c r="B232" t="str">
-        <v>L1.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C232" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D232" t="str">
-        <v>5.1</v>
+        <v>4.1</v>
       </c>
       <c r="E232" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F232" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G232" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>5202000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H232" s="1">
+        <v>1072000</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
-        <v>185449</v>
+        <v>149522</v>
       </c>
       <c r="B233" t="str">
-        <v>L2.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C233" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D233" t="str">
-        <v>5.1</v>
+        <v>4.1</v>
       </c>
       <c r="E233" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F233" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G233" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>249000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H233" s="1">
+        <v>1852000</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
-        <v>185450</v>
+        <v>149523</v>
       </c>
       <c r="B234" t="str">
-        <v>L2.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C234" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D234" t="str">
-        <v>5.1</v>
+        <v>4.1</v>
       </c>
       <c r="E234" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Bodembescherming</v>
       </c>
       <c r="F234" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G234" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>413000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H234" s="1">
+        <v>2613000</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
-        <v>185522</v>
+        <v>151680</v>
       </c>
       <c r="B235" t="str">
-        <v>L3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C235" t="str">
-        <v>Grond</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D235" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E235" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F235" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G235" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I235" s="1">
-        <v>176000</v>
+        <v>618000</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
-        <v>185593</v>
+        <v>151681</v>
       </c>
       <c r="B236" t="str">
-        <v>L3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C236" t="str">
-        <v>Duurzame goederen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D236" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E236" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F236" t="str">
         <v>2025X001</v>
       </c>
       <c r="G236" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I236" s="1">
-        <v>15000</v>
+        <v>242000</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
-        <v>185594</v>
+        <v>151682</v>
       </c>
       <c r="B237" t="str">
-        <v>L3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C237" t="str">
-        <v>Duurzame goederen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D237" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E237" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F237" t="str">
         <v>2025X002</v>
       </c>
       <c r="G237" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I237" s="1">
-        <v>33000</v>
+        <v>476000</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
-        <v>185808</v>
+        <v>151683</v>
       </c>
       <c r="B238" t="str">
-        <v>L3.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C238" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D238" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E238" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F238" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G238" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I238" s="1">
-        <v>1230000</v>
+        <v>711000</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
-        <v>185809</v>
+        <v>152184</v>
       </c>
       <c r="B239" t="str">
-        <v>L3.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C239" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D239" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E239" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F239" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G239" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I239" s="1">
-        <v>123000</v>
+        <v>946000</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
-        <v>185810</v>
+        <v>152185</v>
       </c>
       <c r="B240" t="str">
-        <v>L3.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C240" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D240" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E240" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F240" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G240" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I240" s="1">
-        <v>275000</v>
+        <v>57000</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
-        <v>185880</v>
+        <v>152186</v>
       </c>
       <c r="B241" t="str">
         <v>L3.8</v>
       </c>
       <c r="C241" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D241" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E241" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F241" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G241" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I241" s="1">
-        <v>85338000</v>
+        <v>125000</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
-        <v>185881</v>
+        <v>152187</v>
       </c>
       <c r="B242" t="str">
         <v>L3.8</v>
       </c>
       <c r="C242" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D242" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E242" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F242" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G242" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I242" s="1">
-        <v>1959000</v>
+        <v>230000</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
-        <v>185882</v>
+        <v>152331</v>
       </c>
       <c r="B243" t="str">
-        <v>L3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C243" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D243" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E243" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F243" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G243" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I243" s="1">
-        <v>8588000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
-        <v>186025</v>
+        <v>152545</v>
       </c>
       <c r="B244" t="str">
-        <v>L4.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C244" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D244" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E244" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F244" t="str">
         <v>2025X001</v>
       </c>
       <c r="G244" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I244" s="1">
-        <v>23000</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
-        <v>186026</v>
+        <v>152546</v>
       </c>
       <c r="B245" t="str">
-        <v>L4.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C245" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D245" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E245" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F245" t="str">
         <v>2025X002</v>
       </c>
       <c r="G245" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I245" s="1">
-        <v>23000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
-        <v>186096</v>
+        <v>152547</v>
       </c>
       <c r="B246" t="str">
-        <v>L4.3.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C246" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D246" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E246" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F246" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G246" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I246" s="1">
-        <v>2150000</v>
+        <v>110000</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
-        <v>186097</v>
+        <v>153120</v>
       </c>
       <c r="B247" t="str">
-        <v>L4.3.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C247" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D247" t="str">
-        <v>5.1</v>
+        <v>4.2</v>
       </c>
       <c r="E247" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Luchtverontreiniging</v>
       </c>
       <c r="F247" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G247" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I247" s="1">
-        <v>16000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
-        <v>186169</v>
+        <v>157296</v>
       </c>
       <c r="B248" t="str">
-        <v>L4.3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C248" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D248" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E248" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F248" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G248" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I248" s="1">
-        <v>2823000</v>
+        <v>342000</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
-        <v>186170</v>
+        <v>157800</v>
       </c>
       <c r="B249" t="str">
-        <v>L4.3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C249" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D249" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E249" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F249" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G249" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I249" s="1">
-        <v>3619000</v>
+        <v>256000</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
-        <v>186241</v>
+        <v>157802</v>
       </c>
       <c r="B250" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C250" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D250" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E250" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F250" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G250" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I250" s="1">
-        <v>553000</v>
+        <v>43000</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
-        <v>186242</v>
+        <v>157803</v>
       </c>
       <c r="B251" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C251" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D251" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E251" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F251" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G251" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I251" s="1">
-        <v>423000</v>
+        <v>57000</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
-        <v>186385</v>
+        <v>158161</v>
       </c>
       <c r="B252" t="str">
-        <v>L4.3.5</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C252" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D252" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E252" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F252" t="str">
         <v>2025X001</v>
       </c>
       <c r="G252" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I252" s="1">
-        <v>5000</v>
+        <v>158000</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
-        <v>186386</v>
+        <v>158162</v>
       </c>
       <c r="B253" t="str">
-        <v>L4.3.5</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C253" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D253" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E253" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F253" t="str">
         <v>2025X002</v>
       </c>
       <c r="G253" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I253" s="1">
-        <v>834000</v>
+        <v>79000</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
-        <v>186600</v>
+        <v>158163</v>
       </c>
       <c r="B254" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C254" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D254" t="str">
-        <v>5.1</v>
+        <v>4.3</v>
       </c>
       <c r="E254" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geluidhinder</v>
       </c>
       <c r="F254" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G254" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I254" s="1">
-        <v>7760000</v>
+        <v>105000</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
-        <v>186601</v>
+        <v>16176</v>
       </c>
       <c r="B255" t="str">
-        <v>L4.3.8</v>
+        <v>B5.1</v>
       </c>
       <c r="C255" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Rente</v>
       </c>
       <c r="D255" t="str">
-        <v>5.1</v>
+        <v>0.3</v>
       </c>
       <c r="E255" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F255" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G255" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>3348000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H255" s="1">
+        <v>6292000</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
-        <v>186602</v>
+        <v>16177</v>
       </c>
       <c r="B256" t="str">
-        <v>L4.3.8</v>
+        <v>B5.1</v>
       </c>
       <c r="C256" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Rente</v>
       </c>
       <c r="D256" t="str">
-        <v>5.1</v>
+        <v>0.3</v>
       </c>
       <c r="E256" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F256" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G256" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>4034000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H256" s="1">
+        <v>15000</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
-        <v>186816</v>
+        <v>16178</v>
       </c>
       <c r="B257" t="str">
-        <v>L4.5.1</v>
+        <v>B5.1</v>
       </c>
       <c r="C257" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Rente</v>
       </c>
       <c r="D257" t="str">
-        <v>5.1</v>
+        <v>0.3</v>
       </c>
       <c r="E257" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F257" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G257" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>13075000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H257" s="1">
+        <v>4393000</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
-        <v>186817</v>
+        <v>16179</v>
       </c>
       <c r="B258" t="str">
-        <v>L4.5.1</v>
+        <v>B5.1</v>
       </c>
       <c r="C258" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Rente</v>
       </c>
       <c r="D258" t="str">
-        <v>5.1</v>
+        <v>0.3</v>
       </c>
       <c r="E258" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Geldleningen en uitzettingen</v>
       </c>
       <c r="F258" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G258" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>828000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H258" s="1">
+        <v>6100000</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
-        <v>186818</v>
+        <v>162912</v>
       </c>
       <c r="B259" t="str">
-        <v>L4.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C259" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D259" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E259" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F259" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G259" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I259" s="1">
-        <v>828000</v>
+        <v>1734000</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
-        <v>187105</v>
+        <v>162913</v>
       </c>
       <c r="B260" t="str">
-        <v>L4.5.5</v>
+        <v>L1.1</v>
       </c>
       <c r="C260" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D260" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E260" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F260" t="str">
         <v>2025X001</v>
       </c>
       <c r="G260" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I260" s="1">
-        <v>275000</v>
+        <v>221000</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
-        <v>187106</v>
+        <v>162914</v>
       </c>
       <c r="B261" t="str">
-        <v>L4.5.5</v>
+        <v>L1.1</v>
       </c>
       <c r="C261" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D261" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E261" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F261" t="str">
         <v>2025X002</v>
       </c>
       <c r="G261" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I261" s="1">
-        <v>974000</v>
+        <v>455000</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
-        <v>187320</v>
+        <v>162915</v>
       </c>
       <c r="B262" t="str">
-        <v>L4.5.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C262" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D262" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E262" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F262" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G262" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I262" s="1">
-        <v>8393000</v>
+        <v>682000</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
-        <v>187321</v>
+        <v>163344</v>
       </c>
       <c r="B263" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C263" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D263" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E263" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F263" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G263" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I263" s="1">
-        <v>83000</v>
+        <v>1746000</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
-        <v>187322</v>
+        <v>163345</v>
       </c>
       <c r="B264" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C264" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D264" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E264" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F264" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G264" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I264" s="1">
-        <v>73000</v>
+        <v>88000</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
-        <v>187824</v>
+        <v>163346</v>
       </c>
       <c r="B265" t="str">
-        <v>L7.3</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C265" t="str">
-        <v>Afschrijvingen</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D265" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E265" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F265" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G265" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I265" s="1">
-        <v>68000</v>
+        <v>249000</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
-        <v>187896</v>
+        <v>163347</v>
       </c>
       <c r="B266" t="str">
-        <v>L7.4</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C266" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D266" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E266" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F266" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G266" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I266" s="1">
-        <v>12000</v>
+        <v>506000</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
-        <v>188184</v>
+        <v>163416</v>
       </c>
       <c r="B267" t="str">
-        <v>B3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C267" t="str">
-        <v>Grond</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D267" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E267" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F267" t="str">
         <v>2025X000</v>
       </c>
       <c r="G267" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H267" s="1">
-        <v>300000</v>
+      <c r="I267" s="1">
+        <v>2600000</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
-        <v>188185</v>
+        <v>163417</v>
       </c>
       <c r="B268" t="str">
-        <v>B3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C268" t="str">
-        <v>Grond</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D268" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E268" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F268" t="str">
         <v>2025X001</v>
       </c>
       <c r="G268" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H268" s="1">
-        <v>200000</v>
+      <c r="I268" s="1">
+        <v>25000</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
-        <v>188186</v>
+        <v>163418</v>
       </c>
       <c r="B269" t="str">
-        <v>B3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C269" t="str">
-        <v>Grond</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D269" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E269" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F269" t="str">
         <v>2025X002</v>
       </c>
       <c r="G269" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H269" s="1">
-        <v>452000</v>
+      <c r="I269" s="1">
+        <v>29000</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
-        <v>188328</v>
+        <v>163419</v>
       </c>
       <c r="B270" t="str">
-        <v>B3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C270" t="str">
-        <v>Pachten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D270" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E270" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F270" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G270" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>413000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I270" s="1">
+        <v>42000</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
-        <v>188329</v>
+        <v>163632</v>
       </c>
       <c r="B271" t="str">
-        <v>B3.3</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C271" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D271" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E271" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F271" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G271" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>55000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I271" s="1">
+        <v>60317000</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
-        <v>188330</v>
+        <v>163777</v>
       </c>
       <c r="B272" t="str">
-        <v>B3.3</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C272" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D272" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E272" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F272" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G272" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>874000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I272" s="1">
+        <v>20937000</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
-        <v>188546</v>
+        <v>163778</v>
       </c>
       <c r="B273" t="str">
-        <v>B3.6</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C273" t="str">
-        <v>Huren</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D273" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E273" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F273" t="str">
         <v>2025X002</v>
       </c>
       <c r="G273" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H273" s="1">
-        <v>9000</v>
+      <c r="I273" s="1">
+        <v>32901000</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
-        <v>188690</v>
+        <v>163779</v>
       </c>
       <c r="B274" t="str">
-        <v>B3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C274" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D274" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E274" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F274" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G274" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>8000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I274" s="1">
+        <v>58957000</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
-        <v>188832</v>
+        <v>165360</v>
       </c>
       <c r="B275" t="str">
-        <v>B4.3.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C275" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D275" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E275" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F275" t="str">
         <v>2025X000</v>
       </c>
       <c r="G275" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H275" s="1">
-        <v>3985000</v>
+      <c r="I275" s="1">
+        <v>4000</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
-        <v>189264</v>
+        <v>165363</v>
       </c>
       <c r="B276" t="str">
-        <v>B4.3.7</v>
+        <v>L7.3</v>
       </c>
       <c r="C276" t="str">
-        <v>Inkomensoverdrachten - Europese..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D276" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E276" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F276" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G276" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>6642000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I276" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
-        <v>189337</v>
+        <v>166152</v>
       </c>
       <c r="B277" t="str">
-        <v>B4.3.8</v>
+        <v>B3.7</v>
       </c>
       <c r="C277" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D277" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E277" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F277" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G277" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="H277" s="1">
-        <v>4000</v>
+        <v>7400000</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
-        <v>189338</v>
+        <v>166154</v>
       </c>
       <c r="B278" t="str">
-        <v>B4.3.8</v>
+        <v>B3.7</v>
       </c>
       <c r="C278" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D278" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E278" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F278" t="str">
         <v>2025X002</v>
       </c>
       <c r="G278" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="H278" s="1">
-        <v>4000</v>
+        <v>750000</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
-        <v>189770</v>
+        <v>166513</v>
       </c>
       <c r="B279" t="str">
-        <v>B4.5.4</v>
+        <v>B4.3.3</v>
       </c>
       <c r="C279" t="str">
-        <v>Investeringsbijdragen - provinc..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D279" t="str">
-        <v>5.1</v>
+        <v>4.4</v>
       </c>
       <c r="E279" t="str">
-        <v>Natuurontwikkeling</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F279" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G279" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="H279" s="1">
-        <v>15000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
-        <v>191209</v>
+        <v>166514</v>
       </c>
       <c r="B280" t="str">
-        <v>L3.2</v>
+        <v>B4.3.3</v>
       </c>
       <c r="C280" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D280" t="str">
-        <v>5.2</v>
+        <v>4.4</v>
       </c>
       <c r="E280" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F280" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G280" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H280" s="1">
+        <v>7000</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
-        <v>191210</v>
+        <v>166731</v>
       </c>
       <c r="B281" t="str">
-        <v>L3.2</v>
+        <v>B4.3.6</v>
       </c>
       <c r="C281" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D281" t="str">
-        <v>5.2</v>
+        <v>4.4</v>
       </c>
       <c r="E281" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Vergunningverlening en handhaving</v>
       </c>
       <c r="F281" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G281" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H281" s="1">
+        <v>7000</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
-        <v>191425</v>
+        <v>169248</v>
       </c>
       <c r="B282" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C282" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D282" t="str">
-        <v>5.2</v>
+        <v>4.5</v>
       </c>
       <c r="E282" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Ontgronding</v>
       </c>
       <c r="F282" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G282" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I282" s="1">
-        <v>429000</v>
+        <v>20027000</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
-        <v>191426</v>
+        <v>174144</v>
       </c>
       <c r="B283" t="str">
-        <v>L3.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C283" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D283" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E283" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F283" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G283" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I283" s="1">
-        <v>738000</v>
+        <v>14655000</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
-        <v>191497</v>
+        <v>174145</v>
       </c>
       <c r="B284" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C284" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D284" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E284" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F284" t="str">
         <v>2025X001</v>
       </c>
       <c r="G284" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I284" s="1">
-        <v>78000</v>
+        <v>3064000</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
-        <v>191498</v>
+        <v>174146</v>
       </c>
       <c r="B285" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C285" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D285" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E285" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F285" t="str">
         <v>2025X002</v>
       </c>
       <c r="G285" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I285" s="1">
-        <v>818000</v>
+        <v>5991000</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
-        <v>191713</v>
+        <v>174147</v>
       </c>
       <c r="B286" t="str">
-        <v>L4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C286" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D286" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E286" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F286" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G286" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I286" s="1">
-        <v>712000</v>
+        <v>9008000</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
-        <v>191714</v>
+        <v>174577</v>
       </c>
       <c r="B287" t="str">
-        <v>L4.3.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C287" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D287" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E287" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F287" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G287" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I287" s="1">
-        <v>12006000</v>
+        <v>255000</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
-        <v>191785</v>
+        <v>174578</v>
       </c>
       <c r="B288" t="str">
-        <v>L4.3.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C288" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D288" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E288" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F288" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G288" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I288" s="1">
-        <v>1391000</v>
+        <v>526000</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
-        <v>191786</v>
+        <v>174579</v>
       </c>
       <c r="B289" t="str">
-        <v>L4.3.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C289" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D289" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E289" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F289" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G289" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I289" s="1">
-        <v>1387000</v>
+        <v>779000</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
-        <v>191857</v>
+        <v>174648</v>
       </c>
       <c r="B290" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C290" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D290" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E290" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F290" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G290" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I290" s="1">
-        <v>1341000</v>
+        <v>16980000</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
-        <v>191858</v>
+        <v>174649</v>
       </c>
       <c r="B291" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C291" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D291" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E291" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F291" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G291" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I291" s="1">
-        <v>1887000</v>
+        <v>1511000</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
-        <v>192001</v>
+        <v>174650</v>
       </c>
       <c r="B292" t="str">
-        <v>L4.3.5</v>
+        <v>L3.8</v>
       </c>
       <c r="C292" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D292" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E292" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F292" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G292" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I292" s="1">
-        <v>1734000</v>
+        <v>3982000</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
-        <v>192002</v>
+        <v>174651</v>
       </c>
       <c r="B293" t="str">
-        <v>L4.3.5</v>
+        <v>L3.8</v>
       </c>
       <c r="C293" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D293" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E293" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F293" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G293" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I293" s="1">
-        <v>294000</v>
+        <v>6649000</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
-        <v>192218</v>
+        <v>174792</v>
       </c>
       <c r="B294" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C294" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D294" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E294" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F294" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G294" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I294" s="1">
-        <v>2635000</v>
+        <v>3354000</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
-        <v>192433</v>
+        <v>174793</v>
       </c>
       <c r="B295" t="str">
-        <v>L4.5.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C295" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Subsidies</v>
       </c>
       <c r="D295" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E295" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F295" t="str">
         <v>2025X001</v>
       </c>
       <c r="G295" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I295" s="1">
-        <v>5000</v>
+        <v>1009000</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
-        <v>192577</v>
+        <v>174794</v>
       </c>
       <c r="B296" t="str">
-        <v>L4.5.3</v>
+        <v>L4.2</v>
       </c>
       <c r="C296" t="str">
-        <v>Investeringsbijdragen - gemeens..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D296" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E296" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F296" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G296" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I296" s="1">
-        <v>100000</v>
+        <v>1975000</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
-        <v>192578</v>
+        <v>174795</v>
       </c>
       <c r="B297" t="str">
-        <v>L4.5.3</v>
+        <v>L4.2</v>
       </c>
       <c r="C297" t="str">
-        <v>Investeringsbijdragen - gemeens..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D297" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E297" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F297" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G297" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I297" s="1">
-        <v>100000</v>
+        <v>2036000</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
-        <v>19416</v>
+        <v>174937</v>
       </c>
       <c r="B298" t="str">
-        <v>L7.4</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C298" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D298" t="str">
-        <v>0.4</v>
+        <v>4.6</v>
       </c>
       <c r="E298" t="str">
-        <v>Deelnemingen</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F298" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G298" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I298" s="1">
-        <v>200000</v>
+        <v>660000</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
-        <v>194232</v>
+        <v>174938</v>
       </c>
       <c r="B299" t="str">
-        <v>B3.7</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C299" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D299" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E299" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F299" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G299" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>313000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I299" s="1">
+        <v>843000</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
-        <v>194233</v>
+        <v>174939</v>
       </c>
       <c r="B300" t="str">
-        <v>B3.7</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C300" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D300" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E300" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F300" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G300" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>123000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I300" s="1">
+        <v>731000</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
-        <v>194234</v>
+        <v>175009</v>
       </c>
       <c r="B301" t="str">
-        <v>B3.7</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C301" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D301" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E301" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F301" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G301" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>297000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I301" s="1">
+        <v>362000</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
-        <v>194952</v>
+        <v>175010</v>
       </c>
       <c r="B302" t="str">
-        <v>B4.3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C302" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D302" t="str">
-        <v>5.2</v>
+        <v>4.6</v>
       </c>
       <c r="E302" t="str">
-        <v>Beheer natuurgebieden</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F302" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G302" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>251000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I302" s="1">
+        <v>857000</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
-        <v>196608</v>
+        <v>175011</v>
       </c>
       <c r="B303" t="str">
-        <v>L1.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C303" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D303" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E303" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F303" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G303" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I303" s="1">
-        <v>40000</v>
+        <v>1669000</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
-        <v>196826</v>
+        <v>175154</v>
       </c>
       <c r="B304" t="str">
-        <v>L3.2</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C304" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D304" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E304" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F304" t="str">
         <v>2025X002</v>
       </c>
       <c r="G304" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I304" s="1">
-        <v>5000</v>
+        <v>488000</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
-        <v>197041</v>
+        <v>175155</v>
       </c>
       <c r="B305" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C305" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D305" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E305" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F305" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G305" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I305" s="1">
-        <v>8000</v>
+        <v>488000</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
-        <v>197042</v>
+        <v>175225</v>
       </c>
       <c r="B306" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C306" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D306" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E306" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F306" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G306" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I306" s="1">
-        <v>8000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
-        <v>197112</v>
+        <v>175226</v>
       </c>
       <c r="B307" t="str">
-        <v>L3.8</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C307" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D307" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E307" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F307" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G307" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I307" s="1">
-        <v>600000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
-        <v>197113</v>
+        <v>175227</v>
       </c>
       <c r="B308" t="str">
-        <v>L3.8</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C308" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D308" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E308" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F308" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G308" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I308" s="1">
-        <v>336000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
-        <v>197114</v>
+        <v>175368</v>
       </c>
       <c r="B309" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C309" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D309" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E309" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F309" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G309" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I309" s="1">
-        <v>626000</v>
+        <v>14054000</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
-        <v>197402</v>
+        <v>175369</v>
       </c>
       <c r="B310" t="str">
-        <v>L4.3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C310" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D310" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E310" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F310" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G310" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I310" s="1">
-        <v>497000</v>
+        <v>5907000</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
-        <v>197834</v>
+        <v>175370</v>
       </c>
       <c r="B311" t="str">
         <v>L4.3.8</v>
       </c>
       <c r="C311" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D311" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E311" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F311" t="str">
         <v>2025X002</v>
       </c>
       <c r="G311" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I311" s="1">
-        <v>143000</v>
+        <v>6900000</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
-        <v>199562</v>
+        <v>175371</v>
       </c>
       <c r="B312" t="str">
-        <v>B3.3</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C312" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D312" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E312" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F312" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G312" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>8000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I312" s="1">
+        <v>8753000</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
-        <v>200064</v>
+        <v>176089</v>
       </c>
       <c r="B313" t="str">
-        <v>B4.3.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C313" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D313" t="str">
-        <v>5.3</v>
+        <v>4.6</v>
       </c>
       <c r="E313" t="str">
-        <v>Beheer flora en fauna</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F313" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G313" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>600000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I313" s="1">
+        <v>19050000</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
-        <v>202224</v>
+        <v>176090</v>
       </c>
       <c r="B314" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C314" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D314" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E314" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F314" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G314" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I314" s="1">
-        <v>144000</v>
+        <v>19050000</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
-        <v>202297</v>
+        <v>176091</v>
       </c>
       <c r="B315" t="str">
-        <v>L2.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C315" t="str">
-        <v>Belastingen</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D315" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E315" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F315" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G315" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I315" s="1">
-        <v>27000</v>
+        <v>19050000</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
-        <v>202298</v>
+        <v>176592</v>
       </c>
       <c r="B316" t="str">
-        <v>L2.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C316" t="str">
-        <v>Belastingen</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D316" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E316" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F316" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G316" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I316" s="1">
-        <v>45000</v>
+        <v>218000</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
-        <v>202656</v>
+        <v>176595</v>
       </c>
       <c r="B317" t="str">
-        <v>L3.5.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C317" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D317" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E317" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F317" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G317" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I317" s="1">
-        <v>250000</v>
+        <v>164000</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
-        <v>202657</v>
+        <v>176664</v>
       </c>
       <c r="B318" t="str">
-        <v>L3.5.1</v>
+        <v>L7.4</v>
       </c>
       <c r="C318" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D318" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E318" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F318" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G318" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I318" s="1">
-        <v>39000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
-        <v>202658</v>
+        <v>177600</v>
       </c>
       <c r="B319" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C319" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D319" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E319" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F319" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G319" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>39000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H319" s="1">
+        <v>18671000</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
-        <v>202728</v>
+        <v>178106</v>
       </c>
       <c r="B320" t="str">
-        <v>L3.8</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C320" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D320" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E320" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F320" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G320" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1216000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H320" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
-        <v>202729</v>
+        <v>178107</v>
       </c>
       <c r="B321" t="str">
-        <v>L3.8</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C321" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D321" t="str">
-        <v>5.9</v>
+        <v>4.6</v>
       </c>
       <c r="E321" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Duurzaamheid</v>
       </c>
       <c r="F321" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G321" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>62000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H321" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
-        <v>202730</v>
+        <v>185376</v>
       </c>
       <c r="B322" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C322" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D322" t="str">
-        <v>5.9</v>
+        <v>5.1</v>
       </c>
       <c r="E322" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F322" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G322" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I322" s="1">
-        <v>239000</v>
+        <v>6042000</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
-        <v>203450</v>
+        <v>185377</v>
       </c>
       <c r="B323" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C323" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D323" t="str">
-        <v>5.9</v>
+        <v>5.1</v>
       </c>
       <c r="E323" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F323" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G323" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I323" s="1">
-        <v>58000</v>
+        <v>2679000</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
-        <v>205392</v>
+        <v>185378</v>
       </c>
       <c r="B324" t="str">
-        <v>B3.6</v>
+        <v>L1.1</v>
       </c>
       <c r="C324" t="str">
-        <v>Huren</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D324" t="str">
-        <v>5.9</v>
+        <v>5.1</v>
       </c>
       <c r="E324" t="str">
-        <v>Natuur, overige baten en lasten</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F324" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G324" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I324" s="1">
+        <v>5202000</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
-        <v>207840</v>
+        <v>185379</v>
       </c>
       <c r="B325" t="str">
         <v>L1.1</v>
       </c>
       <c r="C325" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D325" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E325" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F325" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G325" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I325" s="1">
-        <v>2768000</v>
+        <v>7771000</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
-        <v>208272</v>
+        <v>185449</v>
       </c>
       <c r="B326" t="str">
-        <v>L3.5.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C326" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Belastingen</v>
       </c>
       <c r="D326" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E326" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F326" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G326" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I326" s="1">
-        <v>200000</v>
+        <v>249000</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
-        <v>208273</v>
+        <v>185450</v>
       </c>
       <c r="B327" t="str">
-        <v>L3.5.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C327" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Belastingen</v>
       </c>
       <c r="D327" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E327" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F327" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G327" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I327" s="1">
-        <v>7000</v>
+        <v>413000</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
-        <v>208274</v>
+        <v>185451</v>
       </c>
       <c r="B328" t="str">
-        <v>L3.5.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C328" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Belastingen</v>
       </c>
       <c r="D328" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E328" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F328" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G328" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I328" s="1">
-        <v>101000</v>
+        <v>549000</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
-        <v>208344</v>
+        <v>185522</v>
       </c>
       <c r="B329" t="str">
-        <v>L3.8</v>
+        <v>L3.1</v>
       </c>
       <c r="C329" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Grond</v>
       </c>
       <c r="D329" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E329" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F329" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G329" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I329" s="1">
-        <v>1215000</v>
+        <v>176000</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
-        <v>208345</v>
+        <v>185523</v>
       </c>
       <c r="B330" t="str">
-        <v>L3.8</v>
+        <v>L3.1</v>
       </c>
       <c r="C330" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Grond</v>
       </c>
       <c r="D330" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E330" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F330" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G330" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I330" s="1">
-        <v>125000</v>
+        <v>178000</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
-        <v>208346</v>
+        <v>185593</v>
       </c>
       <c r="B331" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C331" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D331" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E331" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F331" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G331" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I331" s="1">
-        <v>207000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
-        <v>208560</v>
+        <v>185594</v>
       </c>
       <c r="B332" t="str">
-        <v>L4.3.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C332" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D332" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E332" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F332" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G332" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I332" s="1">
-        <v>1519000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
-        <v>208633</v>
+        <v>185595</v>
       </c>
       <c r="B333" t="str">
-        <v>L4.3.2</v>
+        <v>L3.2</v>
       </c>
       <c r="C333" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D333" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E333" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F333" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G333" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I333" s="1">
-        <v>295000</v>
+        <v>47000</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
-        <v>208634</v>
+        <v>185808</v>
       </c>
       <c r="B334" t="str">
-        <v>L4.3.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C334" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D334" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E334" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F334" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G334" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I334" s="1">
-        <v>295000</v>
+        <v>1230000</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
-        <v>208849</v>
+        <v>185809</v>
       </c>
       <c r="B335" t="str">
-        <v>L4.3.5</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C335" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D335" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E335" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F335" t="str">
         <v>2025X001</v>
       </c>
       <c r="G335" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I335" s="1">
-        <v>2285000</v>
+        <v>123000</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
-        <v>208850</v>
+        <v>185810</v>
       </c>
       <c r="B336" t="str">
-        <v>L4.3.5</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C336" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D336" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E336" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F336" t="str">
         <v>2025X002</v>
       </c>
       <c r="G336" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I336" s="1">
-        <v>2285000</v>
+        <v>275000</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
-        <v>209064</v>
+        <v>185811</v>
       </c>
       <c r="B337" t="str">
-        <v>L4.3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C337" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D337" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E337" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F337" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G337" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I337" s="1">
-        <v>19416000</v>
+        <v>494000</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
-        <v>209065</v>
+        <v>185880</v>
       </c>
       <c r="B338" t="str">
-        <v>L4.3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C338" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D338" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E338" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F338" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G338" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I338" s="1">
-        <v>326000</v>
+        <v>85338000</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
-        <v>211728</v>
+        <v>185881</v>
       </c>
       <c r="B339" t="str">
-        <v>B4.3.7</v>
+        <v>L3.8</v>
       </c>
       <c r="C339" t="str">
-        <v>Inkomensoverdrachten - Europese..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D339" t="str">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E339" t="str">
-        <v>Agrarische aangelegenheden</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F339" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G339" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>10341000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I339" s="1">
+        <v>1959000</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
-        <v>21864</v>
+        <v>185882</v>
       </c>
       <c r="B340" t="str">
-        <v>B5.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C340" t="str">
-        <v>Dividenden en winsten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D340" t="str">
-        <v>0.4</v>
+        <v>5.1</v>
       </c>
       <c r="E340" t="str">
-        <v>Deelnemingen</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F340" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G340" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1497000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I340" s="1">
+        <v>8588000</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
-        <v>21866</v>
+        <v>185883</v>
       </c>
       <c r="B341" t="str">
-        <v>B5.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C341" t="str">
-        <v>Dividenden en winsten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D341" t="str">
-        <v>0.4</v>
+        <v>5.1</v>
       </c>
       <c r="E341" t="str">
-        <v>Deelnemingen</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F341" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G341" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1863000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I341" s="1">
+        <v>13117000</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
-        <v>219072</v>
+        <v>186025</v>
       </c>
       <c r="B342" t="str">
-        <v>L1.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C342" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D342" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E342" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F342" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G342" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I342" s="1">
-        <v>3989000</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
-        <v>219073</v>
+        <v>186026</v>
       </c>
       <c r="B343" t="str">
-        <v>L1.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C343" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D343" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E343" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F343" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G343" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I343" s="1">
-        <v>21000</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
-        <v>219074</v>
+        <v>186027</v>
       </c>
       <c r="B344" t="str">
-        <v>L1.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C344" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D344" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E344" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F344" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G344" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I344" s="1">
-        <v>35000</v>
+        <v>48000</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
-        <v>219504</v>
+        <v>186096</v>
       </c>
       <c r="B345" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C345" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D345" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E345" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F345" t="str">
         <v>2025X000</v>
       </c>
       <c r="G345" t="str">
         <v>Begroting</v>
       </c>
       <c r="I345" s="1">
-        <v>810000</v>
+        <v>2150000</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
-        <v>219505</v>
+        <v>186097</v>
       </c>
       <c r="B346" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C346" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D346" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E346" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F346" t="str">
         <v>2025X001</v>
       </c>
       <c r="G346" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I346" s="1">
-        <v>226000</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
-        <v>219506</v>
+        <v>186099</v>
       </c>
       <c r="B347" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C347" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D347" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E347" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F347" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G347" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I347" s="1">
-        <v>402000</v>
+        <v>1904000</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
-        <v>219576</v>
+        <v>186169</v>
       </c>
       <c r="B348" t="str">
-        <v>L3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C348" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D348" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E348" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F348" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G348" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I348" s="1">
-        <v>8219000</v>
+        <v>2823000</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
-        <v>219577</v>
+        <v>186170</v>
       </c>
       <c r="B349" t="str">
-        <v>L3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C349" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D349" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E349" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F349" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G349" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I349" s="1">
-        <v>728000</v>
+        <v>3619000</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
-        <v>219578</v>
+        <v>186171</v>
       </c>
       <c r="B350" t="str">
-        <v>L3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C350" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D350" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E350" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F350" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G350" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I350" s="1">
-        <v>1832000</v>
+        <v>3431000</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
-        <v>219720</v>
+        <v>186241</v>
       </c>
       <c r="B351" t="str">
-        <v>L4.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C351" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D351" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E351" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F351" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G351" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I351" s="1">
-        <v>8415000</v>
+        <v>553000</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
-        <v>219721</v>
+        <v>186242</v>
       </c>
       <c r="B352" t="str">
-        <v>L4.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C352" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D352" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E352" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F352" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G352" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I352" s="1">
-        <v>7675000</v>
+        <v>423000</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
-        <v>219722</v>
+        <v>186243</v>
       </c>
       <c r="B353" t="str">
-        <v>L4.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C353" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D353" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E353" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F353" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G353" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I353" s="1">
-        <v>8457000</v>
+        <v>5153000</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
-        <v>219792</v>
+        <v>186385</v>
       </c>
       <c r="B354" t="str">
-        <v>L4.3.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C354" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D354" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E354" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F354" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G354" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I354" s="1">
-        <v>3563000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
-        <v>219865</v>
+        <v>186386</v>
       </c>
       <c r="B355" t="str">
-        <v>L4.3.2</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C355" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D355" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E355" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F355" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G355" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I355" s="1">
-        <v>1869000</v>
+        <v>834000</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
-        <v>219866</v>
+        <v>186387</v>
       </c>
       <c r="B356" t="str">
-        <v>L4.3.2</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C356" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D356" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E356" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F356" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G356" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I356" s="1">
-        <v>2113000</v>
+        <v>381000</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
-        <v>220153</v>
+        <v>186459</v>
       </c>
       <c r="B357" t="str">
         <v>L4.3.6</v>
       </c>
       <c r="C357" t="str">
         <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D357" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E357" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F357" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G357" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I357" s="1">
-        <v>88000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="358">
       <c r="A358">
-        <v>220154</v>
+        <v>186600</v>
       </c>
       <c r="B358" t="str">
-        <v>L4.3.6</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C358" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D358" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E358" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F358" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G358" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I358" s="1">
-        <v>280000</v>
+        <v>7760000</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
-        <v>220296</v>
+        <v>186601</v>
       </c>
       <c r="B359" t="str">
         <v>L4.3.8</v>
       </c>
       <c r="C359" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D359" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E359" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F359" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G359" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I359" s="1">
-        <v>5623000</v>
+        <v>3348000</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
-        <v>220297</v>
+        <v>186602</v>
       </c>
       <c r="B360" t="str">
         <v>L4.3.8</v>
       </c>
       <c r="C360" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D360" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E360" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F360" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G360" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I360" s="1">
-        <v>4818000</v>
+        <v>4034000</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
-        <v>220298</v>
+        <v>186603</v>
       </c>
       <c r="B361" t="str">
         <v>L4.3.8</v>
       </c>
       <c r="C361" t="str">
         <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D361" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E361" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F361" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G361" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I361" s="1">
-        <v>8215000</v>
+        <v>6558000</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
-        <v>222528</v>
+        <v>186816</v>
       </c>
       <c r="B362" t="str">
-        <v>B4.3.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C362" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D362" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E362" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F362" t="str">
         <v>2025X000</v>
       </c>
       <c r="G362" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H362" s="1">
-        <v>4065000</v>
+      <c r="I362" s="1">
+        <v>13075000</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
-        <v>222746</v>
+        <v>186817</v>
       </c>
       <c r="B363" t="str">
-        <v>B4.3.4</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C363" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D363" t="str">
-        <v>6.3</v>
+        <v>5.1</v>
       </c>
       <c r="E363" t="str">
-        <v>Kennis en innovatie</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F363" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G363" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I363" s="1">
+        <v>828000</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
-        <v>224688</v>
+        <v>186818</v>
       </c>
       <c r="B364" t="str">
-        <v>L1.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C364" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D364" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E364" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F364" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G364" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I364" s="1">
-        <v>2820000</v>
+        <v>828000</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
-        <v>224689</v>
+        <v>186819</v>
       </c>
       <c r="B365" t="str">
-        <v>L1.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C365" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D365" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E365" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F365" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G365" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I365" s="1">
-        <v>999000</v>
+        <v>839000</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
-        <v>224690</v>
+        <v>186891</v>
       </c>
       <c r="B366" t="str">
-        <v>L1.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C366" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D366" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E366" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F366" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G366" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I366" s="1">
-        <v>1938000</v>
+        <v>225000</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
-        <v>224833</v>
+        <v>186963</v>
       </c>
       <c r="B367" t="str">
-        <v>L3.1</v>
+        <v>L4.5.3</v>
       </c>
       <c r="C367" t="str">
-        <v>Grond</v>
+        <v>Investeringsbijdragen - gemeens..</v>
       </c>
       <c r="D367" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E367" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F367" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G367" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I367" s="1">
-        <v>250000</v>
+        <v>427000</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
-        <v>224834</v>
+        <v>187105</v>
       </c>
       <c r="B368" t="str">
-        <v>L3.1</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C368" t="str">
-        <v>Grond</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D368" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E368" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F368" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G368" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I368" s="1">
-        <v>250000</v>
+        <v>275000</v>
       </c>
     </row>
     <row r="369">
       <c r="A369">
-        <v>225121</v>
+        <v>187106</v>
       </c>
       <c r="B369" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C369" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D369" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E369" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F369" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G369" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I369" s="1">
-        <v>6000</v>
+        <v>974000</v>
       </c>
     </row>
     <row r="370">
       <c r="A370">
-        <v>225122</v>
+        <v>187107</v>
       </c>
       <c r="B370" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C370" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D370" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E370" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F370" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G370" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I370" s="1">
-        <v>6000</v>
+        <v>974000</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
-        <v>22512</v>
+        <v>187320</v>
       </c>
       <c r="B371" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C371" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D371" t="str">
-        <v>0.5</v>
+        <v>5.1</v>
       </c>
       <c r="E371" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F371" t="str">
         <v>2025X000</v>
       </c>
       <c r="G371" t="str">
         <v>Begroting</v>
       </c>
       <c r="I371" s="1">
-        <v>4782000</v>
+        <v>8393000</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
-        <v>22513</v>
+        <v>187321</v>
       </c>
       <c r="B372" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C372" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D372" t="str">
-        <v>0.5</v>
+        <v>5.1</v>
       </c>
       <c r="E372" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F372" t="str">
         <v>2025X001</v>
       </c>
       <c r="G372" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I372" s="1">
-        <v>112000</v>
+        <v>83000</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
-        <v>22514</v>
+        <v>187322</v>
       </c>
       <c r="B373" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C373" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D373" t="str">
-        <v>0.5</v>
+        <v>5.1</v>
       </c>
       <c r="E373" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F373" t="str">
         <v>2025X002</v>
       </c>
       <c r="G373" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I373" s="1">
-        <v>218000</v>
+        <v>73000</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
-        <v>225192</v>
+        <v>187323</v>
       </c>
       <c r="B374" t="str">
-        <v>L3.8</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C374" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D374" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E374" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F374" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G374" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I374" s="1">
-        <v>14110000</v>
+        <v>63000</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
-        <v>225193</v>
+        <v>187824</v>
       </c>
       <c r="B375" t="str">
-        <v>L3.8</v>
+        <v>L7.3</v>
       </c>
       <c r="C375" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D375" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E375" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F375" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G375" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I375" s="1">
-        <v>194000</v>
+        <v>68000</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
-        <v>225194</v>
+        <v>187827</v>
       </c>
       <c r="B376" t="str">
-        <v>L3.8</v>
+        <v>L7.3</v>
       </c>
       <c r="C376" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D376" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E376" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F376" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G376" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I376" s="1">
-        <v>1684000</v>
+        <v>51000</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
-        <v>225336</v>
+        <v>187896</v>
       </c>
       <c r="B377" t="str">
-        <v>L4.2</v>
+        <v>L7.4</v>
       </c>
       <c r="C377" t="str">
-        <v>Subsidies</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D377" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E377" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F377" t="str">
         <v>2025X000</v>
       </c>
       <c r="G377" t="str">
         <v>Begroting</v>
       </c>
       <c r="I377" s="1">
-        <v>150000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
-        <v>225338</v>
+        <v>188184</v>
       </c>
       <c r="B378" t="str">
-        <v>L4.2</v>
+        <v>B3.1</v>
       </c>
       <c r="C378" t="str">
-        <v>Subsidies</v>
+        <v>Grond</v>
       </c>
       <c r="D378" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E378" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F378" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G378" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>95000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H378" s="1">
+        <v>300000</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
-        <v>225408</v>
+        <v>188185</v>
       </c>
       <c r="B379" t="str">
-        <v>L4.3.1</v>
+        <v>B3.1</v>
       </c>
       <c r="C379" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Grond</v>
       </c>
       <c r="D379" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E379" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F379" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G379" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>5327000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H379" s="1">
+        <v>200000</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
-        <v>225409</v>
+        <v>188186</v>
       </c>
       <c r="B380" t="str">
-        <v>L4.3.1</v>
+        <v>B3.1</v>
       </c>
       <c r="C380" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Grond</v>
       </c>
       <c r="D380" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E380" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F380" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G380" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>946000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H380" s="1">
+        <v>452000</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
-        <v>225481</v>
+        <v>188187</v>
       </c>
       <c r="B381" t="str">
-        <v>L4.3.2</v>
+        <v>B3.1</v>
       </c>
       <c r="C381" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Grond</v>
       </c>
       <c r="D381" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E381" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F381" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G381" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>4077000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H381" s="1">
+        <v>3571000</v>
       </c>
     </row>
     <row r="382">
       <c r="A382">
-        <v>225482</v>
+        <v>188328</v>
       </c>
       <c r="B382" t="str">
-        <v>L4.3.2</v>
+        <v>B3.3</v>
       </c>
       <c r="C382" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Pachten</v>
       </c>
       <c r="D382" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E382" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F382" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G382" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>5987000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H382" s="1">
+        <v>413000</v>
       </c>
     </row>
     <row r="383">
       <c r="A383">
-        <v>225553</v>
+        <v>188329</v>
       </c>
       <c r="B383" t="str">
-        <v>L4.3.3</v>
+        <v>B3.3</v>
       </c>
       <c r="C383" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Pachten</v>
       </c>
       <c r="D383" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E383" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F383" t="str">
         <v>2025X001</v>
       </c>
       <c r="G383" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="I383" s="1">
-        <v>3535000</v>
+      <c r="H383" s="1">
+        <v>55000</v>
       </c>
     </row>
     <row r="384">
       <c r="A384">
-        <v>225554</v>
+        <v>188330</v>
       </c>
       <c r="B384" t="str">
-        <v>L4.3.3</v>
+        <v>B3.3</v>
       </c>
       <c r="C384" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Pachten</v>
       </c>
       <c r="D384" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E384" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F384" t="str">
         <v>2025X002</v>
       </c>
       <c r="G384" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I384" s="1">
-        <v>3751000</v>
+      <c r="H384" s="1">
+        <v>874000</v>
       </c>
     </row>
     <row r="385">
       <c r="A385">
-        <v>225697</v>
+        <v>188331</v>
       </c>
       <c r="B385" t="str">
-        <v>L4.3.5</v>
+        <v>B3.3</v>
       </c>
       <c r="C385" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Pachten</v>
       </c>
       <c r="D385" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E385" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F385" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G385" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>135000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H385" s="1">
+        <v>888000</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
-        <v>225698</v>
+        <v>188546</v>
       </c>
       <c r="B386" t="str">
-        <v>L4.3.5</v>
+        <v>B3.6</v>
       </c>
       <c r="C386" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Huren</v>
       </c>
       <c r="D386" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E386" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F386" t="str">
         <v>2025X002</v>
       </c>
       <c r="G386" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I386" s="1">
-        <v>136000</v>
+      <c r="H386" s="1">
+        <v>9000</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
-        <v>225770</v>
+        <v>188547</v>
       </c>
       <c r="B387" t="str">
-        <v>L4.3.6</v>
+        <v>B3.6</v>
       </c>
       <c r="C387" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Huren</v>
       </c>
       <c r="D387" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E387" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F387" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G387" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>49000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H387" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
-        <v>225912</v>
+        <v>188690</v>
       </c>
       <c r="B388" t="str">
-        <v>L4.3.8</v>
+        <v>B3.8</v>
       </c>
       <c r="C388" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D388" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E388" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F388" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G388" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>5043000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H388" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
-        <v>225913</v>
+        <v>188691</v>
       </c>
       <c r="B389" t="str">
-        <v>L4.3.8</v>
+        <v>B3.8</v>
       </c>
       <c r="C389" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D389" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E389" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F389" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G389" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>4233000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H389" s="1">
+        <v>11000</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
-        <v>225914</v>
+        <v>188832</v>
       </c>
       <c r="B390" t="str">
-        <v>L4.3.8</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C390" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D390" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E390" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F390" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G390" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>4892000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H390" s="1">
+        <v>3985000</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
-        <v>226128</v>
+        <v>189123</v>
       </c>
       <c r="B391" t="str">
-        <v>L4.5.1</v>
+        <v>B4.3.5</v>
       </c>
       <c r="C391" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D391" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E391" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F391" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G391" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1590000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H391" s="1">
+        <v>1070000</v>
       </c>
     </row>
     <row r="392">
       <c r="A392">
-        <v>227208</v>
+        <v>189264</v>
       </c>
       <c r="B392" t="str">
-        <v>L7.4</v>
+        <v>B4.3.7</v>
       </c>
       <c r="C392" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Inkomensoverdrachten - Europese..</v>
       </c>
       <c r="D392" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E392" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F392" t="str">
         <v>2025X000</v>
       </c>
       <c r="G392" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I392" s="1">
-        <v>5000</v>
+      <c r="H392" s="1">
+        <v>6642000</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
-        <v>227640</v>
+        <v>189337</v>
       </c>
       <c r="B393" t="str">
-        <v>B3.3</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C393" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D393" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E393" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F393" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G393" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="H393" s="1">
-        <v>22000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
-        <v>227642</v>
+        <v>189338</v>
       </c>
       <c r="B394" t="str">
-        <v>B3.3</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C394" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D394" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E394" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F394" t="str">
         <v>2025X002</v>
       </c>
       <c r="G394" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="H394" s="1">
-        <v>57000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
-        <v>227858</v>
+        <v>189339</v>
       </c>
       <c r="B395" t="str">
-        <v>B3.6</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C395" t="str">
-        <v>Huren</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D395" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E395" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F395" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G395" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H395" s="1">
-        <v>1000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
-        <v>228144</v>
+        <v>189770</v>
       </c>
       <c r="B396" t="str">
-        <v>B4.3.1</v>
+        <v>B4.5.4</v>
       </c>
       <c r="C396" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D396" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E396" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F396" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G396" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="H396" s="1">
-        <v>6784000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
-        <v>228218</v>
+        <v>189771</v>
       </c>
       <c r="B397" t="str">
-        <v>B4.3.2</v>
+        <v>B4.5.4</v>
       </c>
       <c r="C397" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D397" t="str">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E397" t="str">
-        <v>Recreatie en toerisme</v>
+        <v>Natuurontwikkeling</v>
       </c>
       <c r="F397" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G397" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H397" s="1">
-        <v>248000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
-        <v>22945</v>
+        <v>191209</v>
       </c>
       <c r="B398" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C398" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D398" t="str">
-        <v>0.5</v>
+        <v>5.2</v>
       </c>
       <c r="E398" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F398" t="str">
         <v>2025X001</v>
       </c>
       <c r="G398" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I398" s="1">
-        <v>16000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
-        <v>22946</v>
+        <v>191210</v>
       </c>
       <c r="B399" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C399" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D399" t="str">
-        <v>0.5</v>
+        <v>5.2</v>
       </c>
       <c r="E399" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F399" t="str">
         <v>2025X002</v>
       </c>
       <c r="G399" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I399" s="1">
-        <v>30000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
-        <v>23016</v>
+        <v>191211</v>
       </c>
       <c r="B400" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C400" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D400" t="str">
-        <v>0.5</v>
+        <v>5.2</v>
       </c>
       <c r="E400" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F400" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G400" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I400" s="1">
-        <v>680000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
-        <v>23017</v>
+        <v>191425</v>
       </c>
       <c r="B401" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C401" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D401" t="str">
-        <v>0.5</v>
+        <v>5.2</v>
       </c>
       <c r="E401" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F401" t="str">
         <v>2025X001</v>
       </c>
       <c r="G401" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I401" s="1">
-        <v>8000</v>
+        <v>429000</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
-        <v>23018</v>
+        <v>191426</v>
       </c>
       <c r="B402" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C402" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D402" t="str">
-        <v>0.5</v>
+        <v>5.2</v>
       </c>
       <c r="E402" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F402" t="str">
         <v>2025X002</v>
       </c>
       <c r="G402" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I402" s="1">
-        <v>15000</v>
+        <v>738000</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
-        <v>230304</v>
+        <v>191427</v>
       </c>
       <c r="B403" t="str">
-        <v>L1.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C403" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D403" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E403" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F403" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G403" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I403" s="1">
-        <v>993000</v>
+        <v>858000</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
-        <v>230808</v>
+        <v>191497</v>
       </c>
       <c r="B404" t="str">
         <v>L3.8</v>
       </c>
       <c r="C404" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D404" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E404" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F404" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G404" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I404" s="1">
-        <v>1355000</v>
+        <v>78000</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
-        <v>230809</v>
+        <v>191498</v>
       </c>
       <c r="B405" t="str">
         <v>L3.8</v>
       </c>
       <c r="C405" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D405" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E405" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F405" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G405" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I405" s="1">
-        <v>107000</v>
+        <v>818000</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
-        <v>230810</v>
+        <v>191499</v>
       </c>
       <c r="B406" t="str">
         <v>L3.8</v>
       </c>
       <c r="C406" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D406" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E406" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F406" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G406" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I406" s="1">
-        <v>240000</v>
+        <v>1227000</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
-        <v>230953</v>
+        <v>191713</v>
       </c>
       <c r="B407" t="str">
-        <v>L4.2</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C407" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D407" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E407" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F407" t="str">
         <v>2025X001</v>
       </c>
       <c r="G407" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I407" s="1">
-        <v>133000</v>
+        <v>712000</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
-        <v>230954</v>
+        <v>191714</v>
       </c>
       <c r="B408" t="str">
-        <v>L4.2</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C408" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D408" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E408" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F408" t="str">
         <v>2025X002</v>
       </c>
       <c r="G408" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I408" s="1">
-        <v>133000</v>
+        <v>12006000</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
-        <v>231024</v>
+        <v>191715</v>
       </c>
       <c r="B409" t="str">
         <v>L4.3.1</v>
       </c>
       <c r="C409" t="str">
         <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D409" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E409" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F409" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G409" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I409" s="1">
-        <v>2344000</v>
+        <v>11316000</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
-        <v>231097</v>
+        <v>191785</v>
       </c>
       <c r="B410" t="str">
         <v>L4.3.2</v>
       </c>
       <c r="C410" t="str">
         <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D410" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E410" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F410" t="str">
         <v>2025X001</v>
       </c>
       <c r="G410" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I410" s="1">
-        <v>2639000</v>
+        <v>1391000</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
-        <v>231098</v>
+        <v>191786</v>
       </c>
       <c r="B411" t="str">
         <v>L4.3.2</v>
       </c>
       <c r="C411" t="str">
         <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D411" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E411" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F411" t="str">
         <v>2025X002</v>
       </c>
       <c r="G411" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I411" s="1">
-        <v>2757000</v>
+        <v>1387000</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
-        <v>231528</v>
+        <v>191787</v>
       </c>
       <c r="B412" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C412" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D412" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E412" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F412" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G412" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I412" s="1">
-        <v>6271000</v>
+        <v>1387000</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
-        <v>231529</v>
+        <v>191857</v>
       </c>
       <c r="B413" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C413" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D413" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E413" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F413" t="str">
         <v>2025X001</v>
       </c>
       <c r="G413" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I413" s="1">
-        <v>1391000</v>
+        <v>1341000</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
-        <v>231530</v>
+        <v>191858</v>
       </c>
       <c r="B414" t="str">
-        <v>L4.3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C414" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D414" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E414" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F414" t="str">
         <v>2025X002</v>
       </c>
       <c r="G414" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I414" s="1">
-        <v>1536000</v>
+        <v>1887000</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
-        <v>233760</v>
+        <v>191859</v>
       </c>
       <c r="B415" t="str">
-        <v>B4.3.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C415" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D415" t="str">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="E415" t="str">
-        <v>Regionale economie, overige baten ..</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F415" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G415" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1370000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I415" s="1">
+        <v>3317000</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
-        <v>235920</v>
+        <v>192001</v>
       </c>
       <c r="B416" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C416" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D416" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E416" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F416" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G416" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I416" s="1">
-        <v>3116000</v>
+        <v>1734000</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
-        <v>235921</v>
+        <v>192002</v>
       </c>
       <c r="B417" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C417" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D417" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E417" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F417" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G417" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I417" s="1">
-        <v>1189000</v>
+        <v>294000</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
-        <v>235922</v>
+        <v>192003</v>
       </c>
       <c r="B418" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C418" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D418" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E418" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F418" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G418" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I418" s="1">
-        <v>2305000</v>
+        <v>469000</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
-        <v>236424</v>
+        <v>192075</v>
       </c>
       <c r="B419" t="str">
-        <v>L3.8</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C419" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D419" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E419" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F419" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G419" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I419" s="1">
-        <v>465000</v>
+        <v>712000</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
-        <v>236425</v>
+        <v>192218</v>
       </c>
       <c r="B420" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C420" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D420" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E420" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F420" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G420" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I420" s="1">
-        <v>142000</v>
+        <v>2635000</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
-        <v>236426</v>
+        <v>192219</v>
       </c>
       <c r="B421" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C421" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D421" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E421" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F421" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G421" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I421" s="1">
-        <v>883000</v>
+        <v>3656000</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
-        <v>236568</v>
+        <v>192433</v>
       </c>
       <c r="B422" t="str">
-        <v>L4.2</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C422" t="str">
-        <v>Subsidies</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D422" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E422" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F422" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G422" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I422" s="1">
-        <v>1000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="423">
       <c r="A423">
-        <v>236569</v>
+        <v>192435</v>
       </c>
       <c r="B423" t="str">
-        <v>L4.2</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C423" t="str">
-        <v>Subsidies</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D423" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E423" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F423" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G423" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I423" s="1">
-        <v>151000</v>
+        <v>4653000</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
-        <v>236570</v>
+        <v>192577</v>
       </c>
       <c r="B424" t="str">
-        <v>L4.2</v>
+        <v>L4.5.3</v>
       </c>
       <c r="C424" t="str">
-        <v>Subsidies</v>
+        <v>Investeringsbijdragen - gemeens..</v>
       </c>
       <c r="D424" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E424" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F424" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G424" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I424" s="1">
-        <v>191000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
-        <v>236640</v>
+        <v>192578</v>
       </c>
       <c r="B425" t="str">
-        <v>L4.3.1</v>
+        <v>L4.5.3</v>
       </c>
       <c r="C425" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - gemeens..</v>
       </c>
       <c r="D425" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E425" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F425" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G425" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I425" s="1">
-        <v>9857000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
-        <v>236713</v>
+        <v>192579</v>
       </c>
       <c r="B426" t="str">
-        <v>L4.3.2</v>
+        <v>L4.5.3</v>
       </c>
       <c r="C426" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Investeringsbijdragen - gemeens..</v>
       </c>
       <c r="D426" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E426" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F426" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G426" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I426" s="1">
-        <v>2536000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
-        <v>236714</v>
+        <v>19416</v>
       </c>
       <c r="B427" t="str">
-        <v>L4.3.2</v>
+        <v>L7.4</v>
       </c>
       <c r="C427" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D427" t="str">
-        <v>7.1</v>
+        <v>0.4</v>
       </c>
       <c r="E427" t="str">
-        <v>Cultuur</v>
+        <v>Deelnemingen</v>
       </c>
       <c r="F427" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G427" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I427" s="1">
-        <v>3067000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
-        <v>236785</v>
+        <v>194232</v>
       </c>
       <c r="B428" t="str">
-        <v>L4.3.3</v>
+        <v>B3.7</v>
       </c>
       <c r="C428" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D428" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E428" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F428" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G428" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>27000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H428" s="1">
+        <v>313000</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
-        <v>236786</v>
+        <v>194233</v>
       </c>
       <c r="B429" t="str">
-        <v>L4.3.3</v>
+        <v>B3.7</v>
       </c>
       <c r="C429" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D429" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E429" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F429" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G429" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>27000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H429" s="1">
+        <v>123000</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
-        <v>236929</v>
+        <v>194234</v>
       </c>
       <c r="B430" t="str">
-        <v>L4.3.5</v>
+        <v>B3.7</v>
       </c>
       <c r="C430" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D430" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E430" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F430" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G430" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>162000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H430" s="1">
+        <v>297000</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
-        <v>236930</v>
+        <v>194235</v>
       </c>
       <c r="B431" t="str">
-        <v>L4.3.5</v>
+        <v>B3.7</v>
       </c>
       <c r="C431" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Leges en andere rechten</v>
       </c>
       <c r="D431" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E431" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F431" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G431" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>164000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H431" s="1">
+        <v>86000</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
-        <v>237002</v>
+        <v>194952</v>
       </c>
       <c r="B432" t="str">
-        <v>L4.3.6</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C432" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D432" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E432" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F432" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G432" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>311000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H432" s="1">
+        <v>251000</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
-        <v>237144</v>
+        <v>195387</v>
       </c>
       <c r="B433" t="str">
-        <v>L4.3.8</v>
+        <v>B4.5.4</v>
       </c>
       <c r="C433" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D433" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E433" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F433" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G433" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>12824000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H433" s="1">
+        <v>5000</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
-        <v>237145</v>
+        <v>195675</v>
       </c>
       <c r="B434" t="str">
-        <v>L4.3.8</v>
+        <v>B4.5.8</v>
       </c>
       <c r="C434" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D434" t="str">
-        <v>7.1</v>
+        <v>5.2</v>
       </c>
       <c r="E434" t="str">
-        <v>Cultuur</v>
+        <v>Beheer natuurgebieden</v>
       </c>
       <c r="F434" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G434" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>12791000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H434" s="1">
+        <v>37000</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
-        <v>237146</v>
+        <v>196608</v>
       </c>
       <c r="B435" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C435" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D435" t="str">
-        <v>7.1</v>
+        <v>5.3</v>
       </c>
       <c r="E435" t="str">
-        <v>Cultuur</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F435" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G435" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I435" s="1">
-        <v>13823000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
-        <v>239376</v>
+        <v>196826</v>
       </c>
       <c r="B436" t="str">
-        <v>B4.3.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C436" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D436" t="str">
-        <v>7.1</v>
+        <v>5.3</v>
       </c>
       <c r="E436" t="str">
-        <v>Cultuur</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F436" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G436" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>9000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I436" s="1">
+        <v>5000</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
-        <v>239449</v>
+        <v>196827</v>
       </c>
       <c r="B437" t="str">
-        <v>B4.3.2</v>
+        <v>L3.2</v>
       </c>
       <c r="C437" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D437" t="str">
-        <v>7.1</v>
+        <v>5.3</v>
       </c>
       <c r="E437" t="str">
-        <v>Cultuur</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F437" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G437" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>15000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I437" s="1">
+        <v>5000</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
-        <v>239882</v>
+        <v>197041</v>
       </c>
       <c r="B438" t="str">
-        <v>B4.3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C438" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D438" t="str">
-        <v>7.1</v>
+        <v>5.3</v>
       </c>
       <c r="E438" t="str">
-        <v>Cultuur</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F438" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G438" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>9000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I438" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
-        <v>241536</v>
+        <v>197042</v>
       </c>
       <c r="B439" t="str">
-        <v>L1.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C439" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D439" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E439" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F439" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G439" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I439" s="1">
-        <v>805000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
-        <v>241537</v>
+        <v>197043</v>
       </c>
       <c r="B440" t="str">
-        <v>L1.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C440" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D440" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E440" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F440" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G440" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I440" s="1">
-        <v>396000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
-        <v>241538</v>
+        <v>197112</v>
       </c>
       <c r="B441" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C441" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D441" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E441" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F441" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G441" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I441" s="1">
-        <v>768000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
-        <v>241969</v>
+        <v>197113</v>
       </c>
       <c r="B442" t="str">
-        <v>L3.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C442" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D442" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E442" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F442" t="str">
         <v>2025X001</v>
       </c>
       <c r="G442" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I442" s="1">
-        <v>15000</v>
+        <v>336000</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
-        <v>241970</v>
+        <v>197114</v>
       </c>
       <c r="B443" t="str">
-        <v>L3.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C443" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D443" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E443" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F443" t="str">
         <v>2025X002</v>
       </c>
       <c r="G443" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I443" s="1">
-        <v>44000</v>
+        <v>626000</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
-        <v>242040</v>
+        <v>197115</v>
       </c>
       <c r="B444" t="str">
         <v>L3.8</v>
       </c>
       <c r="C444" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D444" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E444" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F444" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G444" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I444" s="1">
-        <v>1415000</v>
+        <v>1059000</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
-        <v>242041</v>
+        <v>197402</v>
       </c>
       <c r="B445" t="str">
-        <v>L3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C445" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D445" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E445" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F445" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G445" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I445" s="1">
-        <v>93000</v>
+        <v>497000</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
-        <v>242042</v>
+        <v>197403</v>
       </c>
       <c r="B446" t="str">
-        <v>L3.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C446" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D446" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E446" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F446" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G446" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I446" s="1">
-        <v>334000</v>
+        <v>1376000</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
-        <v>242185</v>
+        <v>197834</v>
       </c>
       <c r="B447" t="str">
-        <v>L4.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C447" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D447" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E447" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F447" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G447" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I447" s="1">
-        <v>8000</v>
+        <v>143000</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
-        <v>242186</v>
+        <v>197835</v>
       </c>
       <c r="B448" t="str">
-        <v>L4.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C448" t="str">
-        <v>Subsidies</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D448" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E448" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F448" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G448" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I448" s="1">
-        <v>33000</v>
+        <v>528000</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
-        <v>242256</v>
+        <v>199562</v>
       </c>
       <c r="B449" t="str">
-        <v>L4.3.1</v>
+        <v>B3.3</v>
       </c>
       <c r="C449" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Pachten</v>
       </c>
       <c r="D449" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E449" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F449" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G449" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1514000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H449" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
-        <v>242330</v>
+        <v>199563</v>
       </c>
       <c r="B450" t="str">
-        <v>L4.3.2</v>
+        <v>B3.3</v>
       </c>
       <c r="C450" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Pachten</v>
       </c>
       <c r="D450" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E450" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F450" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G450" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>38000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H450" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
-        <v>242617</v>
+        <v>200064</v>
       </c>
       <c r="B451" t="str">
-        <v>L4.3.6</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C451" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D451" t="str">
-        <v>7.2</v>
+        <v>5.3</v>
       </c>
       <c r="E451" t="str">
-        <v>Maatschappij</v>
+        <v>Beheer flora en fauna</v>
       </c>
       <c r="F451" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G451" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>41000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H451" s="1">
+        <v>600000</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
-        <v>242618</v>
+        <v>202224</v>
       </c>
       <c r="B452" t="str">
-        <v>L4.3.6</v>
+        <v>L1.1</v>
       </c>
       <c r="C452" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D452" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E452" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F452" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G452" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I452" s="1">
-        <v>21000</v>
+        <v>144000</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
-        <v>242760</v>
+        <v>202297</v>
       </c>
       <c r="B453" t="str">
-        <v>L4.3.8</v>
+        <v>L2.1</v>
       </c>
       <c r="C453" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Belastingen</v>
       </c>
       <c r="D453" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E453" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F453" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G453" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I453" s="1">
-        <v>6043000</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
-        <v>242761</v>
+        <v>202298</v>
       </c>
       <c r="B454" t="str">
-        <v>L4.3.8</v>
+        <v>L2.1</v>
       </c>
       <c r="C454" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Belastingen</v>
       </c>
       <c r="D454" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E454" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F454" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G454" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I454" s="1">
-        <v>6123000</v>
+        <v>45000</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
-        <v>242762</v>
+        <v>202299</v>
       </c>
       <c r="B455" t="str">
-        <v>L4.3.8</v>
+        <v>L2.1</v>
       </c>
       <c r="C455" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Belastingen</v>
       </c>
       <c r="D455" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E455" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F455" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G455" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I455" s="1">
-        <v>6429000</v>
+        <v>62000</v>
       </c>
     </row>
     <row r="456">
       <c r="A456">
-        <v>243481</v>
+        <v>202656</v>
       </c>
       <c r="B456" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C456" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D456" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E456" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F456" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G456" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I456" s="1">
-        <v>11000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="457">
       <c r="A457">
-        <v>243482</v>
+        <v>202657</v>
       </c>
       <c r="B457" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C457" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D457" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E457" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F457" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G457" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I457" s="1">
-        <v>11000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
-        <v>245496</v>
+        <v>202658</v>
       </c>
       <c r="B458" t="str">
-        <v>B4.3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C458" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D458" t="str">
-        <v>7.2</v>
+        <v>5.9</v>
       </c>
       <c r="E458" t="str">
-        <v>Maatschappij</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F458" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G458" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>88000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I458" s="1">
+        <v>39000</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
-        <v>24960</v>
+        <v>202659</v>
       </c>
       <c r="B459" t="str">
-        <v>L7.3</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C459" t="str">
-        <v>Afschrijvingen</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D459" t="str">
-        <v>0.5</v>
+        <v>5.9</v>
       </c>
       <c r="E459" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F459" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G459" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I459" s="1">
-        <v>8000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
-        <v>252768</v>
+        <v>202728</v>
       </c>
       <c r="B460" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C460" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D460" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E460" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F460" t="str">
         <v>2025X000</v>
       </c>
       <c r="G460" t="str">
         <v>Begroting</v>
       </c>
       <c r="I460" s="1">
-        <v>15559000</v>
+        <v>1216000</v>
       </c>
     </row>
     <row r="461">
       <c r="A461">
-        <v>252769</v>
+        <v>202729</v>
       </c>
       <c r="B461" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C461" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D461" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E461" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F461" t="str">
         <v>2025X001</v>
       </c>
       <c r="G461" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I461" s="1">
-        <v>2168000</v>
+        <v>62000</v>
       </c>
     </row>
     <row r="462">
       <c r="A462">
-        <v>252770</v>
+        <v>202730</v>
       </c>
       <c r="B462" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C462" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D462" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E462" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F462" t="str">
         <v>2025X002</v>
       </c>
       <c r="G462" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I462" s="1">
-        <v>4258000</v>
+        <v>239000</v>
       </c>
     </row>
     <row r="463">
       <c r="A463">
-        <v>252984</v>
+        <v>202731</v>
       </c>
       <c r="B463" t="str">
-        <v>L3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C463" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D463" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E463" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F463" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G463" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I463" s="1">
-        <v>1400000</v>
+        <v>1435000</v>
       </c>
     </row>
     <row r="464">
       <c r="A464">
-        <v>252986</v>
+        <v>203450</v>
       </c>
       <c r="B464" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C464" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D464" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E464" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F464" t="str">
         <v>2025X002</v>
       </c>
       <c r="G464" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I464" s="1">
-        <v>61000</v>
+        <v>58000</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
-        <v>253200</v>
+        <v>203451</v>
       </c>
       <c r="B465" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C465" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D465" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E465" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F465" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G465" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I465" s="1">
-        <v>1400000</v>
+        <v>263000</v>
       </c>
     </row>
     <row r="466">
       <c r="A466">
-        <v>253201</v>
+        <v>203667</v>
       </c>
       <c r="B466" t="str">
-        <v>L3.5.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C466" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D466" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E466" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F466" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G466" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I466" s="1">
-        <v>757000</v>
+        <v>182000</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
-        <v>253202</v>
+        <v>205392</v>
       </c>
       <c r="B467" t="str">
-        <v>L3.5.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C467" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Huren</v>
       </c>
       <c r="D467" t="str">
-        <v>8.1</v>
+        <v>5.9</v>
       </c>
       <c r="E467" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F467" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G467" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1388000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H467" s="1">
+        <v>100000</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
-        <v>25321</v>
+        <v>205395</v>
       </c>
       <c r="B468" t="str">
-        <v>B3.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C468" t="str">
-        <v>Grond</v>
+        <v>Huren</v>
       </c>
       <c r="D468" t="str">
-        <v>0.5</v>
+        <v>5.9</v>
       </c>
       <c r="E468" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F468" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G468" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H468" s="1">
-        <v>53000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
-        <v>25322</v>
+        <v>206115</v>
       </c>
       <c r="B469" t="str">
-        <v>B3.1</v>
+        <v>B4.3.7</v>
       </c>
       <c r="C469" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - Europese..</v>
       </c>
       <c r="D469" t="str">
-        <v>0.5</v>
+        <v>5.9</v>
       </c>
       <c r="E469" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Natuur, overige baten en lasten</v>
       </c>
       <c r="F469" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G469" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H469" s="1">
-        <v>53000</v>
+        <v>2032000</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
-        <v>253272</v>
+        <v>207840</v>
       </c>
       <c r="B470" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C470" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D470" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E470" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F470" t="str">
         <v>2025X000</v>
       </c>
       <c r="G470" t="str">
         <v>Begroting</v>
       </c>
       <c r="I470" s="1">
-        <v>6625000</v>
+        <v>2768000</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
-        <v>253273</v>
+        <v>208059</v>
       </c>
       <c r="B471" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C471" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D471" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E471" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F471" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G471" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I471" s="1">
-        <v>352000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
-        <v>253274</v>
+        <v>208272</v>
       </c>
       <c r="B472" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C472" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D472" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E472" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F472" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G472" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I472" s="1">
-        <v>909000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
-        <v>253416</v>
+        <v>208273</v>
       </c>
       <c r="B473" t="str">
-        <v>L4.2</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C473" t="str">
-        <v>Subsidies</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D473" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E473" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F473" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G473" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I473" s="1">
-        <v>1800000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
-        <v>253488</v>
+        <v>208274</v>
       </c>
       <c r="B474" t="str">
-        <v>L4.3.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C474" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D474" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E474" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F474" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G474" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I474" s="1">
-        <v>400000</v>
+        <v>101000</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
-        <v>253633</v>
+        <v>208275</v>
       </c>
       <c r="B475" t="str">
-        <v>L4.3.3</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C475" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D475" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E475" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F475" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G475" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I475" s="1">
-        <v>20000</v>
+        <v>217000</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
-        <v>253634</v>
+        <v>208344</v>
       </c>
       <c r="B476" t="str">
-        <v>L4.3.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C476" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D476" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E476" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F476" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G476" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I476" s="1">
-        <v>40000</v>
+        <v>1215000</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
-        <v>253994</v>
+        <v>208345</v>
       </c>
       <c r="B477" t="str">
-        <v>L4.3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C477" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D477" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E477" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F477" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G477" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I477" s="1">
-        <v>3000</v>
+        <v>125000</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
-        <v>254208</v>
+        <v>208346</v>
       </c>
       <c r="B478" t="str">
-        <v>L4.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C478" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D478" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E478" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F478" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G478" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I478" s="1">
-        <v>17904000</v>
+        <v>207000</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
-        <v>254281</v>
+        <v>208347</v>
       </c>
       <c r="B479" t="str">
-        <v>L4.5.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C479" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D479" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E479" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F479" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G479" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I479" s="1">
-        <v>9736000</v>
+        <v>349000</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
-        <v>254282</v>
+        <v>208491</v>
       </c>
       <c r="B480" t="str">
-        <v>L4.5.2</v>
+        <v>L4.2</v>
       </c>
       <c r="C480" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D480" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E480" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F480" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G480" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I480" s="1">
-        <v>12159000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
-        <v>25466</v>
+        <v>208560</v>
       </c>
       <c r="B481" t="str">
-        <v>B3.3</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C481" t="str">
-        <v>Pachten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D481" t="str">
-        <v>0.5</v>
+        <v>6.1</v>
       </c>
       <c r="E481" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F481" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G481" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>27000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I481" s="1">
+        <v>1519000</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
-        <v>254713</v>
+        <v>208633</v>
       </c>
       <c r="B482" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C482" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D482" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E482" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F482" t="str">
         <v>2025X001</v>
       </c>
       <c r="G482" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I482" s="1">
-        <v>37000</v>
+        <v>295000</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
-        <v>254714</v>
+        <v>208634</v>
       </c>
       <c r="B483" t="str">
-        <v>L4.5.8</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C483" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D483" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E483" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F483" t="str">
         <v>2025X002</v>
       </c>
       <c r="G483" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I483" s="1">
-        <v>137000</v>
+        <v>295000</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
-        <v>256944</v>
+        <v>208635</v>
       </c>
       <c r="B484" t="str">
-        <v>B4.5.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C484" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D484" t="str">
-        <v>8.1</v>
+        <v>6.1</v>
       </c>
       <c r="E484" t="str">
-        <v>Ruimte en leefomgeving</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F484" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G484" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>583000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I484" s="1">
+        <v>295000</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
-        <v>25824</v>
+        <v>208707</v>
       </c>
       <c r="B485" t="str">
-        <v>B3.8</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C485" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D485" t="str">
-        <v>0.5</v>
+        <v>6.1</v>
       </c>
       <c r="E485" t="str">
-        <v>Algemene dekkingsmiddelen, overige..</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F485" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G485" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I485" s="1">
+        <v>40000</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
-        <v>258384</v>
+        <v>208849</v>
       </c>
       <c r="B486" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C486" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D486" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E486" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F486" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G486" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I486" s="1">
-        <v>1476000</v>
+        <v>2285000</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
-        <v>258816</v>
+        <v>208850</v>
       </c>
       <c r="B487" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C487" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D487" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E487" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F487" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G487" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I487" s="1">
-        <v>300000</v>
+        <v>2285000</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
-        <v>258817</v>
+        <v>208923</v>
       </c>
       <c r="B488" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C488" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D488" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E488" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F488" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G488" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I488" s="1">
-        <v>26000</v>
+        <v>2285000</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
-        <v>258818</v>
+        <v>209064</v>
       </c>
       <c r="B489" t="str">
-        <v>L3.5.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C489" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D489" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E489" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F489" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G489" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I489" s="1">
-        <v>48000</v>
+        <v>19416000</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
-        <v>258888</v>
+        <v>209065</v>
       </c>
       <c r="B490" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C490" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D490" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E490" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F490" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G490" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I490" s="1">
-        <v>3287000</v>
+        <v>326000</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
-        <v>258889</v>
+        <v>209067</v>
       </c>
       <c r="B491" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C491" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D491" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E491" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F491" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G491" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I491" s="1">
-        <v>205000</v>
+        <v>644000</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
-        <v>258890</v>
+        <v>211728</v>
       </c>
       <c r="B492" t="str">
-        <v>L3.8</v>
+        <v>B4.3.7</v>
       </c>
       <c r="C492" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - Europese..</v>
       </c>
       <c r="D492" t="str">
-        <v>8.2</v>
+        <v>6.1</v>
       </c>
       <c r="E492" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Agrarische aangelegenheden</v>
       </c>
       <c r="F492" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G492" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>325000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H492" s="1">
+        <v>10341000</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
-        <v>259177</v>
+        <v>21864</v>
       </c>
       <c r="B493" t="str">
-        <v>L4.3.2</v>
+        <v>B5.2</v>
       </c>
       <c r="C493" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Dividenden en winsten</v>
       </c>
       <c r="D493" t="str">
-        <v>8.2</v>
+        <v>0.4</v>
       </c>
       <c r="E493" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Deelnemingen</v>
       </c>
       <c r="F493" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G493" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>380000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H493" s="1">
+        <v>1497000</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
-        <v>259178</v>
+        <v>21866</v>
       </c>
       <c r="B494" t="str">
-        <v>L4.3.2</v>
+        <v>B5.2</v>
       </c>
       <c r="C494" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Dividenden en winsten</v>
       </c>
       <c r="D494" t="str">
-        <v>8.2</v>
+        <v>0.4</v>
       </c>
       <c r="E494" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Deelnemingen</v>
       </c>
       <c r="F494" t="str">
         <v>2025X002</v>
       </c>
       <c r="G494" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I494" s="1">
-        <v>618000</v>
+      <c r="H494" s="1">
+        <v>1863000</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
-        <v>259249</v>
+        <v>21867</v>
       </c>
       <c r="B495" t="str">
-        <v>L4.3.3</v>
+        <v>B5.2</v>
       </c>
       <c r="C495" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Dividenden en winsten</v>
       </c>
       <c r="D495" t="str">
-        <v>8.2</v>
+        <v>0.4</v>
       </c>
       <c r="E495" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Deelnemingen</v>
       </c>
       <c r="F495" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G495" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H495" s="1">
+        <v>1888000</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
-        <v>259250</v>
+        <v>219072</v>
       </c>
       <c r="B496" t="str">
-        <v>L4.3.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C496" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D496" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E496" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F496" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G496" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I496" s="1">
-        <v>100000</v>
+        <v>3989000</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
-        <v>259610</v>
+        <v>219073</v>
       </c>
       <c r="B497" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C497" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D497" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E497" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F497" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G497" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I497" s="1">
-        <v>79000</v>
+        <v>21000</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
-        <v>259897</v>
+        <v>219074</v>
       </c>
       <c r="B498" t="str">
-        <v>L4.5.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C498" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D498" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E498" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F498" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G498" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I498" s="1">
-        <v>1114000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
-        <v>259898</v>
+        <v>219075</v>
       </c>
       <c r="B499" t="str">
-        <v>L4.5.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C499" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D499" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E499" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F499" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G499" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I499" s="1">
-        <v>2471000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
-        <v>260329</v>
+        <v>219504</v>
       </c>
       <c r="B500" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C500" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D500" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E500" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F500" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G500" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I500" s="1">
-        <v>308000</v>
+        <v>810000</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
-        <v>260330</v>
+        <v>219505</v>
       </c>
       <c r="B501" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C501" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D501" t="str">
-        <v>8.2</v>
+        <v>6.3</v>
       </c>
       <c r="E501" t="str">
-        <v>Volkshuisvesting</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F501" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G501" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I501" s="1">
-        <v>488000</v>
+        <v>226000</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
-        <v>269616</v>
+        <v>219506</v>
       </c>
       <c r="B502" t="str">
-        <v>L1.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C502" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D502" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E502" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F502" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G502" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I502" s="1">
-        <v>1204000</v>
+        <v>402000</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
-        <v>269617</v>
+        <v>219507</v>
       </c>
       <c r="B503" t="str">
-        <v>L1.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C503" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D503" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E503" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F503" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G503" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I503" s="1">
-        <v>633000</v>
+        <v>887000</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
-        <v>269618</v>
+        <v>219576</v>
       </c>
       <c r="B504" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C504" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D504" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E504" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F504" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G504" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I504" s="1">
-        <v>1251000</v>
+        <v>8219000</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
-        <v>270048</v>
+        <v>219577</v>
       </c>
       <c r="B505" t="str">
-        <v>L3.5.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C505" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D505" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E505" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F505" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G505" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I505" s="1">
-        <v>75000</v>
+        <v>728000</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
-        <v>270120</v>
+        <v>219578</v>
       </c>
       <c r="B506" t="str">
         <v>L3.8</v>
       </c>
       <c r="C506" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D506" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E506" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F506" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G506" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I506" s="1">
-        <v>423000</v>
+        <v>1832000</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
-        <v>270121</v>
+        <v>219579</v>
       </c>
       <c r="B507" t="str">
         <v>L3.8</v>
       </c>
       <c r="C507" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D507" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E507" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F507" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G507" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I507" s="1">
-        <v>1000</v>
+        <v>2781000</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
-        <v>270122</v>
+        <v>219720</v>
       </c>
       <c r="B508" t="str">
-        <v>L3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C508" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D508" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E508" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F508" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G508" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I508" s="1">
-        <v>2000</v>
+        <v>8415000</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
-        <v>270842</v>
+        <v>219721</v>
       </c>
       <c r="B509" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C509" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D509" t="str">
-        <v>8.9</v>
+        <v>6.3</v>
       </c>
       <c r="E509" t="str">
-        <v>Ruimte, overige baten en lasten</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F509" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G509" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I509" s="1">
-        <v>19000</v>
+        <v>7675000</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
-        <v>280849</v>
+        <v>219722</v>
       </c>
       <c r="B510" t="str">
-        <v>L1.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C510" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D510" t="str">
-        <v>A112</v>
+        <v>6.3</v>
       </c>
       <c r="E510" t="str">
-        <v>Kosten onderzoek en ontwikkeling ..</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F510" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G510" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I510" s="1">
-        <v>26000</v>
+        <v>8457000</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
-        <v>280850</v>
+        <v>219723</v>
       </c>
       <c r="B511" t="str">
-        <v>L1.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C511" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Subsidies</v>
       </c>
       <c r="D511" t="str">
-        <v>A112</v>
+        <v>6.3</v>
       </c>
       <c r="E511" t="str">
-        <v>Kosten onderzoek en ontwikkeling ..</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F511" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G511" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I511" s="1">
-        <v>100000</v>
+        <v>9708000</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
-        <v>281064</v>
+        <v>219792</v>
       </c>
       <c r="B512" t="str">
-        <v>L3.2</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C512" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D512" t="str">
-        <v>A112</v>
+        <v>6.3</v>
       </c>
       <c r="E512" t="str">
-        <v>Kosten onderzoek en ontwikkeling ..</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F512" t="str">
         <v>2025X000</v>
       </c>
       <c r="G512" t="str">
         <v>Begroting</v>
       </c>
       <c r="I512" s="1">
-        <v>6117000</v>
+        <v>3563000</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
-        <v>281065</v>
+        <v>219865</v>
       </c>
       <c r="B513" t="str">
-        <v>L3.2</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C513" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D513" t="str">
-        <v>A112</v>
+        <v>6.3</v>
       </c>
       <c r="E513" t="str">
-        <v>Kosten onderzoek en ontwikkeling ..</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F513" t="str">
         <v>2025X001</v>
       </c>
       <c r="G513" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I513" s="1">
-        <v>123000</v>
+        <v>1869000</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
-        <v>28128</v>
+        <v>219866</v>
       </c>
       <c r="B514" t="str">
-        <v>L1.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C514" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D514" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E514" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F514" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G514" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I514" s="1">
-        <v>77138000</v>
+        <v>2113000</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
-        <v>28129</v>
+        <v>219867</v>
       </c>
       <c r="B515" t="str">
-        <v>L1.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C515" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D515" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E515" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F515" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G515" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I515" s="1">
-        <v>22193000</v>
+        <v>2036000</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
-        <v>28130</v>
+        <v>220153</v>
       </c>
       <c r="B516" t="str">
-        <v>L1.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C516" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D516" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E516" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F516" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G516" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I516" s="1">
-        <v>28809000</v>
+        <v>88000</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
-        <v>28200</v>
+        <v>220154</v>
       </c>
       <c r="B517" t="str">
-        <v>L2.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C517" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D517" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E517" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F517" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G517" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I517" s="1">
-        <v>813000</v>
+        <v>280000</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
-        <v>28201</v>
+        <v>220155</v>
       </c>
       <c r="B518" t="str">
-        <v>L2.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C518" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D518" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E518" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F518" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G518" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I518" s="1">
-        <v>7000</v>
+        <v>346000</v>
       </c>
     </row>
     <row r="519">
       <c r="A519">
-        <v>28202</v>
+        <v>220296</v>
       </c>
       <c r="B519" t="str">
-        <v>L2.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C519" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D519" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E519" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F519" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G519" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I519" s="1">
-        <v>788000</v>
+        <v>5623000</v>
       </c>
     </row>
     <row r="520">
       <c r="A520">
-        <v>28344</v>
+        <v>220297</v>
       </c>
       <c r="B520" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C520" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D520" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E520" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F520" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G520" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I520" s="1">
-        <v>7930000</v>
+        <v>4818000</v>
       </c>
     </row>
     <row r="521">
       <c r="A521">
-        <v>28345</v>
+        <v>220298</v>
       </c>
       <c r="B521" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C521" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D521" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E521" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F521" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G521" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I521" s="1">
-        <v>477000</v>
+        <v>8215000</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
-        <v>28346</v>
+        <v>220299</v>
       </c>
       <c r="B522" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C522" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D522" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E522" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F522" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G522" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I522" s="1">
-        <v>8106000</v>
+        <v>8757000</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
-        <v>28560</v>
+        <v>222528</v>
       </c>
       <c r="B523" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C523" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D523" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E523" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F523" t="str">
         <v>2025X000</v>
       </c>
       <c r="G523" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I523" s="1">
-        <v>10709000</v>
+      <c r="H523" s="1">
+        <v>4065000</v>
       </c>
     </row>
     <row r="524">
       <c r="A524">
-        <v>28561</v>
+        <v>222531</v>
       </c>
       <c r="B524" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C524" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D524" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E524" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F524" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G524" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>2607000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H524" s="1">
+        <v>123000</v>
       </c>
     </row>
     <row r="525">
       <c r="A525">
-        <v>28562</v>
+        <v>222746</v>
       </c>
       <c r="B525" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.4</v>
       </c>
       <c r="C525" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D525" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E525" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F525" t="str">
         <v>2025X002</v>
       </c>
       <c r="G525" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I525" s="1">
-        <v>6993000</v>
+      <c r="H525" s="1">
+        <v>25000</v>
       </c>
     </row>
     <row r="526">
       <c r="A526">
-        <v>286104</v>
+        <v>222747</v>
       </c>
       <c r="B526" t="str">
-        <v>B7.3</v>
+        <v>B4.3.4</v>
       </c>
       <c r="C526" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - provincies</v>
       </c>
       <c r="D526" t="str">
-        <v>A112</v>
+        <v>6.3</v>
       </c>
       <c r="E526" t="str">
-        <v>Kosten onderzoek en ontwikkeling ..</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F526" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G526" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H526" s="1">
-        <v>7549000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="527">
       <c r="A527">
-        <v>28632</v>
+        <v>223035</v>
       </c>
       <c r="B527" t="str">
-        <v>L3.8</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C527" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D527" t="str">
-        <v>0.6</v>
+        <v>6.3</v>
       </c>
       <c r="E527" t="str">
-        <v>Overhead</v>
+        <v>Kennis en innovatie</v>
       </c>
       <c r="F527" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G527" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>29350000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H527" s="1">
+        <v>73000</v>
       </c>
     </row>
     <row r="528">
       <c r="A528">
-        <v>28633</v>
+        <v>224688</v>
       </c>
       <c r="B528" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C528" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D528" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E528" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F528" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G528" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I528" s="1">
-        <v>4181000</v>
+        <v>2820000</v>
       </c>
     </row>
     <row r="529">
       <c r="A529">
-        <v>28634</v>
+        <v>224689</v>
       </c>
       <c r="B529" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C529" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D529" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E529" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F529" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G529" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I529" s="1">
-        <v>11714000</v>
+        <v>999000</v>
       </c>
     </row>
     <row r="530">
       <c r="A530">
-        <v>287904</v>
+        <v>224690</v>
       </c>
       <c r="B530" t="str">
-        <v>L4.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C530" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D530" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E530" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F530" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G530" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I530" s="1">
-        <v>7123000</v>
+        <v>1938000</v>
       </c>
     </row>
     <row r="531">
       <c r="A531">
-        <v>287977</v>
+        <v>224691</v>
       </c>
       <c r="B531" t="str">
-        <v>L4.5.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C531" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D531" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E531" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F531" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G531" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I531" s="1">
-        <v>7768000</v>
+        <v>2884000</v>
       </c>
     </row>
     <row r="532">
       <c r="A532">
-        <v>287978</v>
+        <v>224833</v>
       </c>
       <c r="B532" t="str">
-        <v>L4.5.2</v>
+        <v>L3.1</v>
       </c>
       <c r="C532" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Grond</v>
       </c>
       <c r="D532" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E532" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F532" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G532" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I532" s="1">
-        <v>7878000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="533">
       <c r="A533">
-        <v>288193</v>
+        <v>224834</v>
       </c>
       <c r="B533" t="str">
-        <v>L4.5.5</v>
+        <v>L3.1</v>
       </c>
       <c r="C533" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Grond</v>
       </c>
       <c r="D533" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E533" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F533" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G533" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I533" s="1">
-        <v>66000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="534">
       <c r="A534">
-        <v>288194</v>
+        <v>224835</v>
       </c>
       <c r="B534" t="str">
-        <v>L4.5.5</v>
+        <v>L3.1</v>
       </c>
       <c r="C534" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Grond</v>
       </c>
       <c r="D534" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E534" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F534" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G534" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I534" s="1">
-        <v>66000</v>
+        <v>6176000</v>
       </c>
     </row>
     <row r="535">
       <c r="A535">
-        <v>288265</v>
+        <v>224907</v>
       </c>
       <c r="B535" t="str">
-        <v>L4.5.6</v>
+        <v>L3.2</v>
       </c>
       <c r="C535" t="str">
-        <v>Investeringsbijdragen - ov over..</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D535" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E535" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F535" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G535" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I535" s="1">
-        <v>966000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="536">
       <c r="A536">
-        <v>288266</v>
+        <v>225121</v>
       </c>
       <c r="B536" t="str">
-        <v>L4.5.6</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C536" t="str">
-        <v>Investeringsbijdragen - ov over..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D536" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E536" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F536" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G536" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I536" s="1">
-        <v>966000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="537">
       <c r="A537">
-        <v>288409</v>
+        <v>225122</v>
       </c>
       <c r="B537" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C537" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D537" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E537" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F537" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G537" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I537" s="1">
-        <v>79000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="538">
       <c r="A538">
-        <v>288410</v>
+        <v>225123</v>
       </c>
       <c r="B538" t="str">
-        <v>L4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C538" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D538" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E538" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F538" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G538" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I538" s="1">
-        <v>79000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
-        <v>28848</v>
+        <v>22512</v>
       </c>
       <c r="B539" t="str">
-        <v>L4.3.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C539" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D539" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E539" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F539" t="str">
         <v>2025X000</v>
       </c>
       <c r="G539" t="str">
         <v>Begroting</v>
       </c>
       <c r="I539" s="1">
-        <v>668000</v>
+        <v>4782000</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
-        <v>28993</v>
+        <v>22513</v>
       </c>
       <c r="B540" t="str">
-        <v>L4.3.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C540" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D540" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E540" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F540" t="str">
         <v>2025X001</v>
       </c>
       <c r="G540" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I540" s="1">
-        <v>1000</v>
+        <v>112000</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
-        <v>28994</v>
+        <v>22514</v>
       </c>
       <c r="B541" t="str">
-        <v>L4.3.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C541" t="str">
-        <v>Inkomensoverdrachten - gemeensc..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D541" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E541" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F541" t="str">
         <v>2025X002</v>
       </c>
       <c r="G541" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I541" s="1">
-        <v>1000</v>
+        <v>218000</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
-        <v>290640</v>
+        <v>22515</v>
       </c>
       <c r="B542" t="str">
-        <v>B4.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C542" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D542" t="str">
-        <v>A113</v>
+        <v>0.5</v>
       </c>
       <c r="E542" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F542" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G542" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>296000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I542" s="1">
+        <v>317000</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
-        <v>291720</v>
+        <v>225192</v>
       </c>
       <c r="B543" t="str">
-        <v>B7.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C543" t="str">
-        <v>Afschrijvingen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D543" t="str">
-        <v>A113</v>
+        <v>6.4</v>
       </c>
       <c r="E543" t="str">
-        <v>Bijdragen aan activa in eigendom ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F543" t="str">
         <v>2025X000</v>
       </c>
       <c r="G543" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H543" s="1">
-        <v>3323000</v>
+      <c r="I543" s="1">
+        <v>14110000</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
-        <v>292082</v>
+        <v>225193</v>
       </c>
       <c r="B544" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C544" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D544" t="str">
-        <v>A121</v>
+        <v>6.4</v>
       </c>
       <c r="E544" t="str">
-        <v>Gronden en terreinen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F544" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G544" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I544" s="1">
-        <v>1000</v>
+        <v>194000</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
-        <v>292224</v>
+        <v>225194</v>
       </c>
       <c r="B545" t="str">
-        <v>L3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C545" t="str">
-        <v>Grond</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D545" t="str">
-        <v>A121</v>
+        <v>6.4</v>
       </c>
       <c r="E545" t="str">
-        <v>Gronden en terreinen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F545" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G545" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I545" s="1">
-        <v>7796000</v>
+        <v>1684000</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
-        <v>292297</v>
+        <v>225195</v>
       </c>
       <c r="B546" t="str">
-        <v>L3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C546" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D546" t="str">
-        <v>A121</v>
+        <v>6.4</v>
       </c>
       <c r="E546" t="str">
-        <v>Gronden en terreinen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F546" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G546" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I546" s="1">
-        <v>158000</v>
+        <v>2623000</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
-        <v>292298</v>
+        <v>225336</v>
       </c>
       <c r="B547" t="str">
-        <v>L3.2</v>
+        <v>L4.2</v>
       </c>
       <c r="C547" t="str">
-        <v>Duurzame goederen</v>
+        <v>Subsidies</v>
       </c>
       <c r="D547" t="str">
-        <v>A121</v>
+        <v>6.4</v>
       </c>
       <c r="E547" t="str">
-        <v>Gronden en terreinen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F547" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G547" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I547" s="1">
-        <v>305000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
-        <v>29353</v>
+        <v>225338</v>
       </c>
       <c r="B548" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C548" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D548" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E548" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F548" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G548" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I548" s="1">
-        <v>178000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
-        <v>29354</v>
+        <v>225339</v>
       </c>
       <c r="B549" t="str">
-        <v>L4.3.8</v>
+        <v>L4.2</v>
       </c>
       <c r="C549" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Subsidies</v>
       </c>
       <c r="D549" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E549" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F549" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G549" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I549" s="1">
-        <v>193000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
-        <v>297336</v>
+        <v>225408</v>
       </c>
       <c r="B550" t="str">
-        <v>B7.3</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C550" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D550" t="str">
-        <v>A121</v>
+        <v>6.4</v>
       </c>
       <c r="E550" t="str">
-        <v>Gronden en terreinen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F550" t="str">
         <v>2025X000</v>
       </c>
       <c r="G550" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H550" s="1">
-        <v>69000</v>
+      <c r="I550" s="1">
+        <v>5327000</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
-        <v>303313</v>
+        <v>225409</v>
       </c>
       <c r="B551" t="str">
-        <v>L1.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C551" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D551" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E551" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F551" t="str">
         <v>2025X001</v>
       </c>
       <c r="G551" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I551" s="1">
-        <v>15000</v>
+        <v>946000</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
-        <v>303314</v>
+        <v>225411</v>
       </c>
       <c r="B552" t="str">
-        <v>L1.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C552" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D552" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E552" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F552" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G552" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I552" s="1">
-        <v>31000</v>
+        <v>1432000</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
-        <v>303457</v>
+        <v>225481</v>
       </c>
       <c r="B553" t="str">
-        <v>L3.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C553" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D553" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E553" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F553" t="str">
         <v>2025X001</v>
       </c>
       <c r="G553" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I553" s="1">
-        <v>2000</v>
+        <v>4077000</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
-        <v>303458</v>
+        <v>225482</v>
       </c>
       <c r="B554" t="str">
-        <v>L3.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C554" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D554" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E554" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F554" t="str">
         <v>2025X002</v>
       </c>
       <c r="G554" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I554" s="1">
-        <v>2000</v>
+        <v>5987000</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
-        <v>303528</v>
+        <v>225483</v>
       </c>
       <c r="B555" t="str">
-        <v>L3.2</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C555" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D555" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E555" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F555" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G555" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I555" s="1">
-        <v>13986000</v>
+        <v>4432000</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
-        <v>303529</v>
+        <v>225553</v>
       </c>
       <c r="B556" t="str">
-        <v>L3.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C556" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D556" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E556" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F556" t="str">
         <v>2025X001</v>
       </c>
       <c r="G556" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I556" s="1">
-        <v>1298000</v>
+        <v>3535000</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
-        <v>303530</v>
+        <v>225554</v>
       </c>
       <c r="B557" t="str">
-        <v>L3.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C557" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D557" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E557" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F557" t="str">
         <v>2025X002</v>
       </c>
       <c r="G557" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I557" s="1">
-        <v>1947000</v>
+        <v>3751000</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
-        <v>30576</v>
+        <v>225555</v>
       </c>
       <c r="B558" t="str">
-        <v>L7.3</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C558" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D558" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E558" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F558" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G558" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I558" s="1">
-        <v>13599000</v>
+        <v>3761000</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
-        <v>30648</v>
+        <v>225697</v>
       </c>
       <c r="B559" t="str">
-        <v>L7.4</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C559" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D559" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E559" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F559" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G559" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I559" s="1">
-        <v>355000</v>
+        <v>135000</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
-        <v>308568</v>
+        <v>225698</v>
       </c>
       <c r="B560" t="str">
-        <v>B7.3</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C560" t="str">
-        <v>Afschrijvingen</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D560" t="str">
-        <v>A123</v>
+        <v>6.4</v>
       </c>
       <c r="E560" t="str">
-        <v>Bedrijfsgebouwen</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F560" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G560" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>6585000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I560" s="1">
+        <v>136000</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
-        <v>308929</v>
+        <v>225699</v>
       </c>
       <c r="B561" t="str">
-        <v>L1.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C561" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D561" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E561" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F561" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G561" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I561" s="1">
-        <v>1492000</v>
+        <v>136000</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
-        <v>308930</v>
+        <v>225770</v>
       </c>
       <c r="B562" t="str">
-        <v>L1.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C562" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D562" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E562" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F562" t="str">
         <v>2025X002</v>
       </c>
       <c r="G562" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I562" s="1">
-        <v>3024000</v>
+        <v>49000</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
-        <v>309073</v>
+        <v>225771</v>
       </c>
       <c r="B563" t="str">
-        <v>L3.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C563" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D563" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E563" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F563" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G563" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I563" s="1">
-        <v>4000</v>
+        <v>49000</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
-        <v>309144</v>
+        <v>225912</v>
       </c>
       <c r="B564" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C564" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D564" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E564" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F564" t="str">
         <v>2025X000</v>
       </c>
       <c r="G564" t="str">
         <v>Begroting</v>
       </c>
       <c r="I564" s="1">
-        <v>238083000</v>
+        <v>5043000</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
-        <v>309145</v>
+        <v>225913</v>
       </c>
       <c r="B565" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C565" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D565" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E565" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F565" t="str">
         <v>2025X001</v>
       </c>
       <c r="G565" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I565" s="1">
-        <v>36731000</v>
+        <v>4233000</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
-        <v>309146</v>
+        <v>225914</v>
       </c>
       <c r="B566" t="str">
-        <v>L3.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C566" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D566" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E566" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F566" t="str">
         <v>2025X002</v>
       </c>
       <c r="G566" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I566" s="1">
-        <v>74988000</v>
+        <v>4892000</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
-        <v>31226</v>
+        <v>225915</v>
       </c>
       <c r="B567" t="str">
-        <v>B3.5.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C567" t="str">
-        <v>Uitgeleend personeel</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D567" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E567" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F567" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G567" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>272000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I567" s="1">
+        <v>4935000</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
-        <v>31296</v>
+        <v>226128</v>
       </c>
       <c r="B568" t="str">
-        <v>B3.6</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C568" t="str">
-        <v>Huren</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D568" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E568" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F568" t="str">
         <v>2025X000</v>
       </c>
       <c r="G568" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H568" s="1">
-        <v>2247000</v>
+      <c r="I568" s="1">
+        <v>1590000</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
-        <v>31297</v>
+        <v>227208</v>
       </c>
       <c r="B569" t="str">
-        <v>B3.6</v>
+        <v>L7.4</v>
       </c>
       <c r="C569" t="str">
-        <v>Huren</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D569" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E569" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F569" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G569" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>76000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I569" s="1">
+        <v>5000</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
-        <v>31298</v>
+        <v>227640</v>
       </c>
       <c r="B570" t="str">
-        <v>B3.6</v>
+        <v>B3.3</v>
       </c>
       <c r="C570" t="str">
-        <v>Huren</v>
+        <v>Pachten</v>
       </c>
       <c r="D570" t="str">
-        <v>0.6</v>
+        <v>6.4</v>
       </c>
       <c r="E570" t="str">
-        <v>Overhead</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F570" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G570" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="H570" s="1">
-        <v>1548000</v>
+        <v>22000</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
-        <v>313104</v>
+        <v>227642</v>
       </c>
       <c r="B571" t="str">
-        <v>B4.5.1</v>
+        <v>B3.3</v>
       </c>
       <c r="C571" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Pachten</v>
       </c>
       <c r="D571" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E571" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F571" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G571" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="H571" s="1">
-        <v>37313000</v>
+        <v>57000</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
-        <v>313105</v>
+        <v>227643</v>
       </c>
       <c r="B572" t="str">
-        <v>B4.5.1</v>
+        <v>B3.3</v>
       </c>
       <c r="C572" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Pachten</v>
       </c>
       <c r="D572" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E572" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F572" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G572" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H572" s="1">
-        <v>32000</v>
+        <v>186000</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
-        <v>313106</v>
+        <v>227858</v>
       </c>
       <c r="B573" t="str">
-        <v>B4.5.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C573" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Huren</v>
       </c>
       <c r="D573" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E573" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F573" t="str">
         <v>2025X002</v>
       </c>
       <c r="G573" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="H573" s="1">
-        <v>1621000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
-        <v>313177</v>
+        <v>227859</v>
       </c>
       <c r="B574" t="str">
-        <v>B4.5.2</v>
+        <v>B3.6</v>
       </c>
       <c r="C574" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Huren</v>
       </c>
       <c r="D574" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E574" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F574" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G574" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H574" s="1">
-        <v>1159000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
-        <v>313321</v>
+        <v>228144</v>
       </c>
       <c r="B575" t="str">
-        <v>B4.5.4</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C575" t="str">
-        <v>Investeringsbijdragen - provinc..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D575" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E575" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F575" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G575" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="H575" s="1">
-        <v>3925000</v>
+        <v>6784000</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
-        <v>313394</v>
+        <v>228218</v>
       </c>
       <c r="B576" t="str">
-        <v>B4.5.5</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C576" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D576" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E576" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F576" t="str">
         <v>2025X002</v>
       </c>
       <c r="G576" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="H576" s="1">
-        <v>234000</v>
+        <v>248000</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
-        <v>313609</v>
+        <v>228219</v>
       </c>
       <c r="B577" t="str">
-        <v>B4.5.8</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C577" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D577" t="str">
-        <v>A124</v>
+        <v>6.4</v>
       </c>
       <c r="E577" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Recreatie en toerisme</v>
       </c>
       <c r="F577" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G577" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H577" s="1">
-        <v>895000</v>
+        <v>248000</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
-        <v>313610</v>
+        <v>22945</v>
       </c>
       <c r="B578" t="str">
-        <v>B4.5.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C578" t="str">
-        <v>Investeringsbijdragen - ov inst..</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D578" t="str">
-        <v>A124</v>
+        <v>0.5</v>
       </c>
       <c r="E578" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F578" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G578" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>895000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I578" s="1">
+        <v>16000</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
-        <v>314184</v>
+        <v>22946</v>
       </c>
       <c r="B579" t="str">
-        <v>B7.3</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C579" t="str">
-        <v>Afschrijvingen</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D579" t="str">
-        <v>A124</v>
+        <v>0.5</v>
       </c>
       <c r="E579" t="str">
-        <v>Grond-, weg- en waterbouwkundige ..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F579" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G579" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>53870000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I579" s="1">
+        <v>30000</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
-        <v>31440</v>
+        <v>22947</v>
       </c>
       <c r="B580" t="str">
-        <v>B3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C580" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D580" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E580" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F580" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G580" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>580000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I580" s="1">
+        <v>38000</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
-        <v>31441</v>
+        <v>23016</v>
       </c>
       <c r="B581" t="str">
-        <v>B3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C581" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D581" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E581" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F581" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G581" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>447000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I581" s="1">
+        <v>680000</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
-        <v>31442</v>
+        <v>23017</v>
       </c>
       <c r="B582" t="str">
-        <v>B3.8</v>
+        <v>L3.8</v>
       </c>
       <c r="C582" t="str">
         <v>Overige goederen en diensten</v>
       </c>
       <c r="D582" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E582" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F582" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G582" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1387000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I582" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
-        <v>31657</v>
+        <v>23018</v>
       </c>
       <c r="B583" t="str">
-        <v>B4.3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C583" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D583" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E583" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F583" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G583" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>39000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I583" s="1">
+        <v>15000</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
-        <v>31658</v>
+        <v>23019</v>
       </c>
       <c r="B584" t="str">
-        <v>B4.3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C584" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D584" t="str">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="E584" t="str">
-        <v>Overhead</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F584" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G584" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>76000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I584" s="1">
+        <v>168000</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
-        <v>319800</v>
+        <v>230304</v>
       </c>
       <c r="B585" t="str">
-        <v>B7.3</v>
+        <v>L1.1</v>
       </c>
       <c r="C585" t="str">
-        <v>Afschrijvingen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D585" t="str">
-        <v>A125</v>
+        <v>6.9</v>
       </c>
       <c r="E585" t="str">
-        <v>Vervoermiddelen</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F585" t="str">
         <v>2025X000</v>
       </c>
       <c r="G585" t="str">
         <v>Begroting</v>
       </c>
-      <c r="H585" s="1">
-        <v>56000</v>
+      <c r="I585" s="1">
+        <v>993000</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
-        <v>320376</v>
+        <v>230307</v>
       </c>
       <c r="B586" t="str">
-        <v>L3.2</v>
+        <v>L1.1</v>
       </c>
       <c r="C586" t="str">
-        <v>Duurzame goederen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D586" t="str">
-        <v>A126</v>
+        <v>6.9</v>
       </c>
       <c r="E586" t="str">
-        <v>Machines, apparaten en installaties</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F586" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G586" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I586" s="1">
-        <v>3073000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
-        <v>320377</v>
+        <v>230808</v>
       </c>
       <c r="B587" t="str">
-        <v>L3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C587" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D587" t="str">
-        <v>A126</v>
+        <v>6.9</v>
       </c>
       <c r="E587" t="str">
-        <v>Machines, apparaten en installaties</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F587" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G587" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I587" s="1">
-        <v>48000</v>
+        <v>1355000</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
-        <v>320378</v>
+        <v>230809</v>
       </c>
       <c r="B588" t="str">
-        <v>L3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C588" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D588" t="str">
-        <v>A126</v>
+        <v>6.9</v>
       </c>
       <c r="E588" t="str">
-        <v>Machines, apparaten en installaties</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F588" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G588" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I588" s="1">
-        <v>48000</v>
+        <v>107000</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
-        <v>325416</v>
+        <v>230810</v>
       </c>
       <c r="B589" t="str">
-        <v>B7.3</v>
+        <v>L3.8</v>
       </c>
       <c r="C589" t="str">
-        <v>Afschrijvingen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D589" t="str">
-        <v>A126</v>
+        <v>6.9</v>
       </c>
       <c r="E589" t="str">
-        <v>Machines, apparaten en installaties</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F589" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G589" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>589000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I589" s="1">
+        <v>240000</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
-        <v>325992</v>
+        <v>230811</v>
       </c>
       <c r="B590" t="str">
-        <v>L3.2</v>
+        <v>L3.8</v>
       </c>
       <c r="C590" t="str">
-        <v>Duurzame goederen</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D590" t="str">
-        <v>A129</v>
+        <v>6.9</v>
       </c>
       <c r="E590" t="str">
-        <v>Overig</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F590" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G590" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I590" s="1">
-        <v>7083000</v>
+        <v>403000</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
-        <v>325993</v>
+        <v>230953</v>
       </c>
       <c r="B591" t="str">
-        <v>L3.2</v>
+        <v>L4.2</v>
       </c>
       <c r="C591" t="str">
-        <v>Duurzame goederen</v>
+        <v>Subsidies</v>
       </c>
       <c r="D591" t="str">
-        <v>A129</v>
+        <v>6.9</v>
       </c>
       <c r="E591" t="str">
-        <v>Overig</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F591" t="str">
         <v>2025X001</v>
       </c>
       <c r="G591" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I591" s="1">
-        <v>1115000</v>
+        <v>133000</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
-        <v>325994</v>
+        <v>230954</v>
       </c>
       <c r="B592" t="str">
-        <v>L3.2</v>
+        <v>L4.2</v>
       </c>
       <c r="C592" t="str">
-        <v>Duurzame goederen</v>
+        <v>Subsidies</v>
       </c>
       <c r="D592" t="str">
-        <v>A129</v>
+        <v>6.9</v>
       </c>
       <c r="E592" t="str">
-        <v>Overig</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F592" t="str">
         <v>2025X002</v>
       </c>
       <c r="G592" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I592" s="1">
-        <v>3191000</v>
+        <v>133000</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
-        <v>331032</v>
+        <v>230955</v>
       </c>
       <c r="B593" t="str">
-        <v>B7.3</v>
+        <v>L4.2</v>
       </c>
       <c r="C593" t="str">
-        <v>Afschrijvingen</v>
+        <v>Subsidies</v>
       </c>
       <c r="D593" t="str">
-        <v>A129</v>
+        <v>6.9</v>
       </c>
       <c r="E593" t="str">
-        <v>Overig</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F593" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G593" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>6754000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I593" s="1">
+        <v>182000</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
-        <v>333624</v>
+        <v>231024</v>
       </c>
       <c r="B594" t="str">
-        <v>L6.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C594" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D594" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E594" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F594" t="str">
         <v>2025X000</v>
       </c>
       <c r="G594" t="str">
         <v>Begroting</v>
       </c>
       <c r="I594" s="1">
-        <v>2175000</v>
+        <v>2344000</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
-        <v>333625</v>
+        <v>231097</v>
       </c>
       <c r="B595" t="str">
-        <v>L6.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C595" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D595" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E595" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F595" t="str">
         <v>2025X001</v>
       </c>
       <c r="G595" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I595" s="1">
-        <v>1572000</v>
+        <v>2639000</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
-        <v>333626</v>
+        <v>231098</v>
       </c>
       <c r="B596" t="str">
-        <v>L6.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C596" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D596" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E596" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F596" t="str">
         <v>2025X002</v>
       </c>
       <c r="G596" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I596" s="1">
-        <v>1572000</v>
+        <v>2757000</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
-        <v>336865</v>
+        <v>231099</v>
       </c>
       <c r="B597" t="str">
-        <v>Primo</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C597" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D597" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E597" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F597" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G597" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I597" s="1">
+        <v>1352000</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
-        <v>336866</v>
+        <v>231528</v>
       </c>
       <c r="B598" t="str">
-        <v>Primo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C598" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D598" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E598" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F598" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G598" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I598" s="1">
+        <v>6271000</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
-        <v>336937</v>
+        <v>231529</v>
       </c>
       <c r="B599" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C599" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D599" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E599" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F599" t="str">
         <v>2025X001</v>
       </c>
       <c r="G599" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="I599" s="1">
+        <v>1391000</v>
+      </c>
     </row>
     <row r="600">
       <c r="A600">
-        <v>336938</v>
+        <v>231530</v>
       </c>
       <c r="B600" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C600" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D600" t="str">
-        <v>A1311</v>
+        <v>6.9</v>
       </c>
       <c r="E600" t="str">
-        <v>Kapitaalverstrekking aan deelnem..</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F600" t="str">
         <v>2025X002</v>
       </c>
       <c r="G600" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I600" s="1">
+        <v>1536000</v>
+      </c>
     </row>
     <row r="601">
       <c r="A601">
-        <v>33816</v>
+        <v>231531</v>
       </c>
       <c r="B601" t="str">
-        <v>L2.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C601" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D601" t="str">
-        <v>0.7</v>
+        <v>6.9</v>
       </c>
       <c r="E601" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F601" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G601" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I601" s="1">
-        <v>16000</v>
+        <v>1752000</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
-        <v>33817</v>
+        <v>233760</v>
       </c>
       <c r="B602" t="str">
-        <v>L2.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C602" t="str">
-        <v>Belastingen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D602" t="str">
-        <v>0.7</v>
+        <v>6.9</v>
       </c>
       <c r="E602" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v>Regionale economie, overige baten ..</v>
       </c>
       <c r="F602" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G602" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H602" s="1">
+        <v>1370000</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
-        <v>33818</v>
+        <v>235920</v>
       </c>
       <c r="B603" t="str">
-        <v>L2.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C603" t="str">
-        <v>Belastingen</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D603" t="str">
-        <v>0.7</v>
+        <v>7.1</v>
       </c>
       <c r="E603" t="str">
-        <v>Vennootschapsbelasting</v>
+        <v>Cultuur</v>
       </c>
       <c r="F603" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G603" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I603" s="1">
-        <v>25000</v>
+        <v>3116000</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
-        <v>348097</v>
+        <v>235921</v>
       </c>
       <c r="B604" t="str">
-        <v>Primo</v>
+        <v>L1.1</v>
       </c>
       <c r="C604" t="str">
-        <v>Primo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D604" t="str">
-        <v>A1313</v>
+        <v>7.1</v>
       </c>
       <c r="E604" t="str">
-        <v>Kapitaalverstrekking aan overige..</v>
+        <v>Cultuur</v>
       </c>
       <c r="F604" t="str">
         <v>2025X001</v>
       </c>
       <c r="G604" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="I604" s="1">
+        <v>1189000</v>
+      </c>
     </row>
     <row r="605">
       <c r="A605">
-        <v>348098</v>
+        <v>235922</v>
       </c>
       <c r="B605" t="str">
-        <v>Primo</v>
+        <v>L1.1</v>
       </c>
       <c r="C605" t="str">
-        <v>Primo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D605" t="str">
-        <v>A1313</v>
+        <v>7.1</v>
       </c>
       <c r="E605" t="str">
-        <v>Kapitaalverstrekking aan overige..</v>
+        <v>Cultuur</v>
       </c>
       <c r="F605" t="str">
         <v>2025X002</v>
       </c>
       <c r="G605" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I605" s="1">
+        <v>2305000</v>
+      </c>
     </row>
     <row r="606">
       <c r="A606">
-        <v>348169</v>
+        <v>235923</v>
       </c>
       <c r="B606" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C606" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D606" t="str">
-        <v>A1313</v>
+        <v>7.1</v>
       </c>
       <c r="E606" t="str">
-        <v>Kapitaalverstrekking aan overige..</v>
+        <v>Cultuur</v>
       </c>
       <c r="F606" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G606" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I606" s="1">
+        <v>3454000</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
-        <v>348170</v>
+        <v>236424</v>
       </c>
       <c r="B607" t="str">
-        <v>Ultimo</v>
+        <v>L3.8</v>
       </c>
       <c r="C607" t="str">
-        <v>Ultimo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D607" t="str">
-        <v>A1313</v>
+        <v>7.1</v>
       </c>
       <c r="E607" t="str">
-        <v>Kapitaalverstrekking aan overige..</v>
+        <v>Cultuur</v>
       </c>
       <c r="F607" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G607" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I607" s="1">
+        <v>465000</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
-        <v>3504</v>
+        <v>236425</v>
       </c>
       <c r="B608" t="str">
-        <v>B4.3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C608" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D608" t="str">
-        <v>0.1</v>
+        <v>7.1</v>
       </c>
       <c r="E608" t="str">
-        <v>Uitkering provinciefonds</v>
+        <v>Cultuur</v>
       </c>
       <c r="F608" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G608" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>394333000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I608" s="1">
+        <v>142000</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
-        <v>3505</v>
+        <v>236426</v>
       </c>
       <c r="B609" t="str">
-        <v>B4.3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C609" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D609" t="str">
-        <v>0.1</v>
+        <v>7.1</v>
       </c>
       <c r="E609" t="str">
-        <v>Uitkering provinciefonds</v>
+        <v>Cultuur</v>
       </c>
       <c r="F609" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G609" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>108043000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I609" s="1">
+        <v>883000</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
-        <v>3506</v>
+        <v>236427</v>
       </c>
       <c r="B610" t="str">
-        <v>B4.3.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C610" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D610" t="str">
-        <v>0.1</v>
+        <v>7.1</v>
       </c>
       <c r="E610" t="str">
-        <v>Uitkering provinciefonds</v>
+        <v>Cultuur</v>
       </c>
       <c r="F610" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G610" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>216086000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I610" s="1">
+        <v>994000</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
-        <v>370129</v>
+        <v>236568</v>
       </c>
       <c r="B611" t="str">
-        <v>B6.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C611" t="str">
-        <v>Financiële transacties</v>
+        <v>Subsidies</v>
       </c>
       <c r="D611" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E611" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F611" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G611" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>13000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I611" s="1">
+        <v>1000</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
-        <v>370130</v>
+        <v>236569</v>
       </c>
       <c r="B612" t="str">
-        <v>B6.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C612" t="str">
-        <v>Financiële transacties</v>
+        <v>Subsidies</v>
       </c>
       <c r="D612" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E612" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F612" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G612" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>23000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I612" s="1">
+        <v>151000</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
-        <v>370561</v>
+        <v>236570</v>
       </c>
       <c r="B613" t="str">
-        <v>Primo</v>
+        <v>L4.2</v>
       </c>
       <c r="C613" t="str">
-        <v>Primo</v>
+        <v>Subsidies</v>
       </c>
       <c r="D613" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E613" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F613" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G613" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I613" s="1">
+        <v>191000</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
-        <v>370562</v>
+        <v>236571</v>
       </c>
       <c r="B614" t="str">
-        <v>Primo</v>
+        <v>L4.2</v>
       </c>
       <c r="C614" t="str">
-        <v>Primo</v>
+        <v>Subsidies</v>
       </c>
       <c r="D614" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E614" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F614" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G614" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I614" s="1">
+        <v>266000</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
-        <v>370633</v>
+        <v>236640</v>
       </c>
       <c r="B615" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C615" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D615" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E615" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F615" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G615" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I615" s="1">
+        <v>9857000</v>
       </c>
     </row>
     <row r="616">
       <c r="A616">
-        <v>370634</v>
+        <v>236643</v>
       </c>
       <c r="B616" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C616" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D616" t="str">
-        <v>A1331b</v>
+        <v>7.1</v>
       </c>
       <c r="E616" t="str">
-        <v>Overige langlopende leningen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F616" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G616" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I616" s="1">
+        <v>14000</v>
       </c>
     </row>
     <row r="617">
       <c r="A617">
-        <v>404546</v>
+        <v>236713</v>
       </c>
       <c r="B617" t="str">
-        <v>L3.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C617" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D617" t="str">
-        <v>A212</v>
+        <v>7.1</v>
       </c>
       <c r="E617" t="str">
-        <v>Overige grond- en hulpstoffen</v>
+        <v>Cultuur</v>
       </c>
       <c r="F617" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G617" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I617" s="1">
-        <v>4316000</v>
+        <v>2536000</v>
       </c>
     </row>
     <row r="618">
       <c r="A618">
-        <v>410161</v>
+        <v>236714</v>
       </c>
       <c r="B618" t="str">
-        <v>L3.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C618" t="str">
-        <v>Grond</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D618" t="str">
-        <v>A213</v>
+        <v>7.1</v>
       </c>
       <c r="E618" t="str">
-        <v>Onderhanden werk (incl. bouwgrond..</v>
+        <v>Cultuur</v>
       </c>
       <c r="F618" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G618" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I618" s="1">
-        <v>2185000</v>
+        <v>3067000</v>
       </c>
     </row>
     <row r="619">
       <c r="A619">
-        <v>41664</v>
+        <v>236715</v>
       </c>
       <c r="B619" t="str">
-        <v>L7.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C619" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D619" t="str">
-        <v>0.8</v>
+        <v>7.1</v>
       </c>
       <c r="E619" t="str">
-        <v>Mutaties reserves</v>
+        <v>Cultuur</v>
       </c>
       <c r="F619" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G619" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I619" s="1">
-        <v>73311000</v>
+        <v>3226000</v>
       </c>
     </row>
     <row r="620">
       <c r="A620">
-        <v>41666</v>
+        <v>236785</v>
       </c>
       <c r="B620" t="str">
-        <v>L7.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C620" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D620" t="str">
-        <v>0.8</v>
+        <v>7.1</v>
       </c>
       <c r="E620" t="str">
-        <v>Mutaties reserves</v>
+        <v>Cultuur</v>
       </c>
       <c r="F620" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G620" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I620" s="1">
-        <v>5500000</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="621">
       <c r="A621">
-        <v>429097</v>
+        <v>236786</v>
       </c>
       <c r="B621" t="str">
-        <v>L6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C621" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D621" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E621" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F621" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G621" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I621" s="1">
-        <v>1186000</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="622">
       <c r="A622">
-        <v>429098</v>
+        <v>236787</v>
       </c>
       <c r="B622" t="str">
-        <v>L6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C622" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D622" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E622" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F622" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G622" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I622" s="1">
-        <v>1300000</v>
+        <v>67000</v>
       </c>
     </row>
     <row r="623">
       <c r="A623">
-        <v>431905</v>
+        <v>236929</v>
       </c>
       <c r="B623" t="str">
-        <v>B6.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C623" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D623" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E623" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F623" t="str">
         <v>2025X001</v>
       </c>
       <c r="G623" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H623" s="1">
-        <v>5189000</v>
+      <c r="I623" s="1">
+        <v>162000</v>
       </c>
     </row>
     <row r="624">
       <c r="A624">
-        <v>431906</v>
+        <v>236930</v>
       </c>
       <c r="B624" t="str">
-        <v>B6.1</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C624" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D624" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E624" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F624" t="str">
         <v>2025X002</v>
       </c>
       <c r="G624" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H624" s="1">
-        <v>5100000</v>
+      <c r="I624" s="1">
+        <v>164000</v>
       </c>
     </row>
     <row r="625">
       <c r="A625">
-        <v>432337</v>
+        <v>236931</v>
       </c>
       <c r="B625" t="str">
-        <v>Primo</v>
+        <v>L4.3.5</v>
       </c>
       <c r="C625" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - watersch..</v>
       </c>
       <c r="D625" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E625" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F625" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G625" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I625" s="1">
+        <v>151000</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
-        <v>432338</v>
+        <v>237002</v>
       </c>
       <c r="B626" t="str">
-        <v>Primo</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C626" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D626" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E626" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F626" t="str">
         <v>2025X002</v>
       </c>
       <c r="G626" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I626" s="1">
+        <v>311000</v>
+      </c>
     </row>
     <row r="627">
       <c r="A627">
-        <v>432409</v>
+        <v>237003</v>
       </c>
       <c r="B627" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C627" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D627" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E627" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F627" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G627" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I627" s="1">
+        <v>311000</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
-        <v>432410</v>
+        <v>237144</v>
       </c>
       <c r="B628" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C628" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D628" t="str">
-        <v>A221a</v>
+        <v>7.1</v>
       </c>
       <c r="E628" t="str">
-        <v>Vorderingen op gemeenten</v>
+        <v>Cultuur</v>
       </c>
       <c r="F628" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G628" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I628" s="1">
+        <v>12824000</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
-        <v>434713</v>
+        <v>237145</v>
       </c>
       <c r="B629" t="str">
-        <v>L6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C629" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D629" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E629" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F629" t="str">
         <v>2025X001</v>
       </c>
       <c r="G629" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I629" s="1">
-        <v>4000</v>
+        <v>12791000</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
-        <v>434714</v>
+        <v>237146</v>
       </c>
       <c r="B630" t="str">
-        <v>L6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C630" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D630" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E630" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F630" t="str">
         <v>2025X002</v>
       </c>
       <c r="G630" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I630" s="1">
-        <v>264000</v>
+        <v>13823000</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
-        <v>437521</v>
+        <v>237147</v>
       </c>
       <c r="B631" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C631" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D631" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E631" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F631" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G631" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>62000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I631" s="1">
+        <v>14181000</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
-        <v>437522</v>
+        <v>239376</v>
       </c>
       <c r="B632" t="str">
-        <v>B6.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C632" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D632" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E632" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F632" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G632" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="H632" s="1">
-        <v>210000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
-        <v>437953</v>
+        <v>239449</v>
       </c>
       <c r="B633" t="str">
-        <v>Primo</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C633" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D633" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E633" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F633" t="str">
         <v>2025X001</v>
       </c>
       <c r="G633" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="H633" s="1">
+        <v>15000</v>
+      </c>
     </row>
     <row r="634">
       <c r="A634">
-        <v>437954</v>
+        <v>239882</v>
       </c>
       <c r="B634" t="str">
-        <v>Primo</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C634" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D634" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E634" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F634" t="str">
         <v>2025X002</v>
       </c>
       <c r="G634" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="H634" s="1">
+        <v>9000</v>
+      </c>
     </row>
     <row r="635">
       <c r="A635">
-        <v>438025</v>
+        <v>239883</v>
       </c>
       <c r="B635" t="str">
-        <v>Ultimo</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C635" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D635" t="str">
-        <v>A221b</v>
+        <v>7.1</v>
       </c>
       <c r="E635" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Cultuur</v>
       </c>
       <c r="F635" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G635" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H635" s="1">
+        <v>9000</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
-        <v>438026</v>
+        <v>241536</v>
       </c>
       <c r="B636" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C636" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D636" t="str">
-        <v>A221b</v>
+        <v>7.2</v>
       </c>
       <c r="E636" t="str">
-        <v>Vorderingen op gemeenschappelijke</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F636" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G636" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I636" s="1">
+        <v>805000</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
-        <v>440329</v>
+        <v>241537</v>
       </c>
       <c r="B637" t="str">
-        <v>L6.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C637" t="str">
-        <v>Financiële transacties</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D637" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E637" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F637" t="str">
         <v>2025X001</v>
       </c>
       <c r="G637" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I637" s="1">
-        <v>4619000</v>
+        <v>396000</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
-        <v>440330</v>
+        <v>241538</v>
       </c>
       <c r="B638" t="str">
-        <v>L6.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C638" t="str">
-        <v>Financiële transacties</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D638" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E638" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F638" t="str">
         <v>2025X002</v>
       </c>
       <c r="G638" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I638" s="1">
-        <v>5785000</v>
+        <v>768000</v>
       </c>
     </row>
     <row r="639">
       <c r="A639">
-        <v>443137</v>
+        <v>241539</v>
       </c>
       <c r="B639" t="str">
-        <v>B6.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C639" t="str">
-        <v>Financiële transacties</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D639" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E639" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F639" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G639" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>42945000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I639" s="1">
+        <v>1152000</v>
       </c>
     </row>
     <row r="640">
       <c r="A640">
-        <v>443138</v>
+        <v>241969</v>
       </c>
       <c r="B640" t="str">
-        <v>B6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C640" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D640" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E640" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F640" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G640" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>116522000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I640" s="1">
+        <v>15000</v>
       </c>
     </row>
     <row r="641">
       <c r="A641">
-        <v>443569</v>
+        <v>241970</v>
       </c>
       <c r="B641" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C641" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D641" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E641" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F641" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G641" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I641" s="1">
+        <v>44000</v>
       </c>
     </row>
     <row r="642">
       <c r="A642">
-        <v>443570</v>
+        <v>241971</v>
       </c>
       <c r="B642" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C642" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D642" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E642" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F642" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G642" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I642" s="1">
+        <v>53000</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
-        <v>443642</v>
+        <v>242040</v>
       </c>
       <c r="B643" t="str">
-        <v>Ultimo</v>
+        <v>L3.8</v>
       </c>
       <c r="C643" t="str">
-        <v>Ultimo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D643" t="str">
-        <v>A221c</v>
+        <v>7.2</v>
       </c>
       <c r="E643" t="str">
-        <v>Vorderingen op overige overheden</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F643" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G643" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I643" s="1">
+        <v>1415000</v>
       </c>
     </row>
     <row r="644">
       <c r="A644">
-        <v>44472</v>
+        <v>242041</v>
       </c>
       <c r="B644" t="str">
-        <v>B7.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C644" t="str">
-        <v>Mutatie reserves</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D644" t="str">
-        <v>0.8</v>
+        <v>7.2</v>
       </c>
       <c r="E644" t="str">
-        <v>Mutaties reserves</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F644" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G644" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>222006000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I644" s="1">
+        <v>93000</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
-        <v>44474</v>
+        <v>242042</v>
       </c>
       <c r="B645" t="str">
-        <v>B7.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C645" t="str">
-        <v>Mutatie reserves</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D645" t="str">
-        <v>0.8</v>
+        <v>7.2</v>
       </c>
       <c r="E645" t="str">
-        <v>Mutaties reserves</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F645" t="str">
         <v>2025X002</v>
       </c>
       <c r="G645" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H645" s="1">
-        <v>142605000</v>
+      <c r="I645" s="1">
+        <v>334000</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
-        <v>468410</v>
+        <v>242043</v>
       </c>
       <c r="B646" t="str">
-        <v>L6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C646" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D646" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E646" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F646" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G646" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I646" s="1">
-        <v>27484000</v>
+        <v>708000</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
-        <v>471216</v>
+        <v>242185</v>
       </c>
       <c r="B647" t="str">
-        <v>B6.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C647" t="str">
-        <v>Financiële transacties</v>
+        <v>Subsidies</v>
       </c>
       <c r="D647" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E647" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F647" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G647" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>128000000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I647" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
-        <v>471217</v>
+        <v>242186</v>
       </c>
       <c r="B648" t="str">
-        <v>B6.1</v>
+        <v>L4.2</v>
       </c>
       <c r="C648" t="str">
-        <v>Financiële transacties</v>
+        <v>Subsidies</v>
       </c>
       <c r="D648" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E648" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F648" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G648" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>3221000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I648" s="1">
+        <v>33000</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
-        <v>471649</v>
+        <v>242187</v>
       </c>
       <c r="B649" t="str">
-        <v>Primo</v>
+        <v>L4.2</v>
       </c>
       <c r="C649" t="str">
-        <v>Primo</v>
+        <v>Subsidies</v>
       </c>
       <c r="D649" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E649" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F649" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G649" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I649" s="1">
+        <v>33000</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
-        <v>471650</v>
+        <v>242256</v>
       </c>
       <c r="B650" t="str">
-        <v>Primo</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C650" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D650" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E650" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F650" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G650" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I650" s="1">
+        <v>1514000</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
-        <v>471721</v>
+        <v>242330</v>
       </c>
       <c r="B651" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C651" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D651" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E651" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F651" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G651" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I651" s="1">
+        <v>38000</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
-        <v>471722</v>
+        <v>242331</v>
       </c>
       <c r="B652" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C652" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D652" t="str">
-        <v>A223a</v>
+        <v>7.2</v>
       </c>
       <c r="E652" t="str">
-        <v>Rekening courant verhouding met ..</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F652" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G652" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I652" s="1">
+        <v>38000</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
-        <v>479641</v>
+        <v>242617</v>
       </c>
       <c r="B653" t="str">
-        <v>L6.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C653" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D653" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E653" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F653" t="str">
         <v>2025X001</v>
       </c>
       <c r="G653" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I653" s="1">
-        <v>2140000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
-        <v>479642</v>
+        <v>242618</v>
       </c>
       <c r="B654" t="str">
-        <v>L6.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C654" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D654" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E654" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F654" t="str">
         <v>2025X002</v>
       </c>
       <c r="G654" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I654" s="1">
-        <v>3629000</v>
+        <v>21000</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
-        <v>482449</v>
+        <v>242619</v>
       </c>
       <c r="B655" t="str">
-        <v>B6.1</v>
+        <v>L4.3.6</v>
       </c>
       <c r="C655" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - ov overh..</v>
       </c>
       <c r="D655" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E655" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F655" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G655" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>2087000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I655" s="1">
+        <v>162000</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
-        <v>482450</v>
+        <v>242760</v>
       </c>
       <c r="B656" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C656" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D656" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E656" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F656" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G656" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>2324000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I656" s="1">
+        <v>6043000</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
-        <v>482881</v>
+        <v>242761</v>
       </c>
       <c r="B657" t="str">
-        <v>Primo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C657" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D657" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E657" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F657" t="str">
         <v>2025X001</v>
       </c>
       <c r="G657" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="I657" s="1">
+        <v>6123000</v>
+      </c>
     </row>
     <row r="658">
       <c r="A658">
-        <v>482882</v>
+        <v>242762</v>
       </c>
       <c r="B658" t="str">
-        <v>Primo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C658" t="str">
-        <v>Primo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D658" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E658" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F658" t="str">
         <v>2025X002</v>
       </c>
       <c r="G658" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I658" s="1">
+        <v>6429000</v>
+      </c>
     </row>
     <row r="659">
       <c r="A659">
-        <v>482953</v>
+        <v>242763</v>
       </c>
       <c r="B659" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C659" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D659" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E659" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F659" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G659" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I659" s="1">
+        <v>6707000</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
-        <v>482954</v>
+        <v>243481</v>
       </c>
       <c r="B660" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C660" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D660" t="str">
-        <v>A224</v>
+        <v>7.2</v>
       </c>
       <c r="E660" t="str">
-        <v>Overige vorderingen</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F660" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G660" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I660" s="1">
+        <v>11000</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
-        <v>50089</v>
+        <v>243482</v>
       </c>
       <c r="B661" t="str">
-        <v>B7.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C661" t="str">
-        <v>Mutatie reserves</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D661" t="str">
-        <v>0.9</v>
+        <v>7.2</v>
       </c>
       <c r="E661" t="str">
-        <v>Resultaat</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F661" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G661" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>150316000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I661" s="1">
+        <v>11000</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
-        <v>50090</v>
+        <v>243483</v>
       </c>
       <c r="B662" t="str">
-        <v>B7.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C662" t="str">
-        <v>Mutatie reserves</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D662" t="str">
-        <v>0.9</v>
+        <v>7.2</v>
       </c>
       <c r="E662" t="str">
-        <v>Resultaat</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F662" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G662" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>127155000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I662" s="1">
+        <v>10000</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
-        <v>504913</v>
+        <v>245496</v>
       </c>
       <c r="B663" t="str">
-        <v>B6.1</v>
+        <v>B4.3.8</v>
       </c>
       <c r="C663" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D663" t="str">
-        <v>A23</v>
+        <v>7.2</v>
       </c>
       <c r="E663" t="str">
-        <v>Liquide middelen (kas en banksaldi)</v>
+        <v>Maatschappij</v>
       </c>
       <c r="F663" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G663" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="H663" s="1">
-        <v>1000</v>
+        <v>88000</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
-        <v>505345</v>
+        <v>24960</v>
       </c>
       <c r="B664" t="str">
-        <v>Primo</v>
+        <v>L7.3</v>
       </c>
       <c r="C664" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D664" t="str">
-        <v>A23</v>
+        <v>0.5</v>
       </c>
       <c r="E664" t="str">
-        <v>Liquide middelen (kas en banksaldi)</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F664" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G664" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I664" s="1">
+        <v>8000</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
-        <v>505346</v>
+        <v>24963</v>
       </c>
       <c r="B665" t="str">
-        <v>Primo</v>
+        <v>L7.3</v>
       </c>
       <c r="C665" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D665" t="str">
-        <v>A23</v>
+        <v>0.5</v>
       </c>
       <c r="E665" t="str">
-        <v>Liquide middelen (kas en banksaldi)</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F665" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G665" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I665" s="1">
+        <v>6000</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
-        <v>505417</v>
+        <v>252768</v>
       </c>
       <c r="B666" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C666" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D666" t="str">
-        <v>A23</v>
+        <v>8.1</v>
       </c>
       <c r="E666" t="str">
-        <v>Liquide middelen (kas en banksaldi)</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F666" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G666" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I666" s="1">
+        <v>15559000</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
-        <v>505418</v>
+        <v>252769</v>
       </c>
       <c r="B667" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C667" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D667" t="str">
-        <v>A23</v>
+        <v>8.1</v>
       </c>
       <c r="E667" t="str">
-        <v>Liquide middelen (kas en banksaldi)</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F667" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G667" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I667" s="1">
+        <v>2168000</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
-        <v>50592</v>
+        <v>252770</v>
       </c>
       <c r="B668" t="str">
         <v>L1.1</v>
       </c>
       <c r="C668" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D668" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E668" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F668" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G668" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I668" s="1">
-        <v>6241000</v>
+        <v>4258000</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
-        <v>50593</v>
+        <v>252771</v>
       </c>
       <c r="B669" t="str">
         <v>L1.1</v>
       </c>
       <c r="C669" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D669" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E669" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F669" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G669" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I669" s="1">
-        <v>699000</v>
+        <v>6378000</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
-        <v>50594</v>
+        <v>252984</v>
       </c>
       <c r="B670" t="str">
-        <v>L1.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C670" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D670" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E670" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F670" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G670" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I670" s="1">
-        <v>1250000</v>
+        <v>1400000</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
-        <v>50808</v>
+        <v>252986</v>
       </c>
       <c r="B671" t="str">
         <v>L3.2</v>
       </c>
       <c r="C671" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D671" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E671" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F671" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G671" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I671" s="1">
-        <v>34000</v>
+        <v>61000</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
-        <v>510961</v>
+        <v>252987</v>
       </c>
       <c r="B672" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C672" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D672" t="str">
-        <v>A29a</v>
+        <v>8.1</v>
       </c>
       <c r="E672" t="str">
-        <v>Nog te ontvangen bijdragen van de..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F672" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G672" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I672" s="1">
+        <v>74000</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
-        <v>510962</v>
+        <v>253200</v>
       </c>
       <c r="B673" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C673" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D673" t="str">
-        <v>A29a</v>
+        <v>8.1</v>
       </c>
       <c r="E673" t="str">
-        <v>Nog te ontvangen bijdragen van de..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F673" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G673" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I673" s="1">
+        <v>1400000</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
-        <v>51096</v>
+        <v>253201</v>
       </c>
       <c r="B674" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C674" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D674" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E674" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F674" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G674" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I674" s="1">
-        <v>2745000</v>
+        <v>757000</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
-        <v>51097</v>
+        <v>253202</v>
       </c>
       <c r="B675" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C675" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D675" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E675" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F675" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G675" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I675" s="1">
-        <v>807000</v>
+        <v>1388000</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
-        <v>51098</v>
+        <v>253203</v>
       </c>
       <c r="B676" t="str">
-        <v>L3.8</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C676" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D676" t="str">
-        <v>1.1</v>
+        <v>8.1</v>
       </c>
       <c r="E676" t="str">
-        <v>Provinciale Staten</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F676" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G676" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I676" s="1">
-        <v>913000</v>
+        <v>1985000</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
-        <v>511033</v>
+        <v>25321</v>
       </c>
       <c r="B677" t="str">
-        <v>Ultimo</v>
+        <v>B3.1</v>
       </c>
       <c r="C677" t="str">
-        <v>Ultimo</v>
+        <v>Grond</v>
       </c>
       <c r="D677" t="str">
-        <v>A29a</v>
+        <v>0.5</v>
       </c>
       <c r="E677" t="str">
-        <v>Nog te ontvangen bijdragen van de..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F677" t="str">
         <v>2025X001</v>
       </c>
       <c r="G677" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="H677" s="1">
+        <v>53000</v>
+      </c>
     </row>
     <row r="678">
       <c r="A678">
-        <v>511034</v>
+        <v>25322</v>
       </c>
       <c r="B678" t="str">
-        <v>Ultimo</v>
+        <v>B3.1</v>
       </c>
       <c r="C678" t="str">
-        <v>Ultimo</v>
+        <v>Grond</v>
       </c>
       <c r="D678" t="str">
-        <v>A29a</v>
+        <v>0.5</v>
       </c>
       <c r="E678" t="str">
-        <v>Nog te ontvangen bijdragen van de..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F678" t="str">
         <v>2025X002</v>
       </c>
       <c r="G678" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="H678" s="1">
+        <v>53000</v>
+      </c>
     </row>
     <row r="679">
       <c r="A679">
-        <v>51312</v>
+        <v>25323</v>
       </c>
       <c r="B679" t="str">
-        <v>L4.3.1</v>
+        <v>B3.1</v>
       </c>
       <c r="C679" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Grond</v>
       </c>
       <c r="D679" t="str">
-        <v>1.1</v>
+        <v>0.5</v>
       </c>
       <c r="E679" t="str">
-        <v>Provinciale Staten</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F679" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G679" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>510000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H679" s="1">
+        <v>112000</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
-        <v>513336</v>
+        <v>253272</v>
       </c>
       <c r="B680" t="str">
-        <v>L6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C680" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D680" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E680" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F680" t="str">
         <v>2025X000</v>
       </c>
       <c r="G680" t="str">
         <v>Begroting</v>
       </c>
       <c r="I680" s="1">
-        <v>213000</v>
+        <v>6625000</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
-        <v>513337</v>
+        <v>253273</v>
       </c>
       <c r="B681" t="str">
-        <v>L6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C681" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D681" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E681" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F681" t="str">
         <v>2025X001</v>
       </c>
       <c r="G681" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I681" s="1">
-        <v>19601000</v>
+        <v>352000</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
-        <v>513338</v>
+        <v>253274</v>
       </c>
       <c r="B682" t="str">
-        <v>L6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C682" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D682" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E682" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F682" t="str">
         <v>2025X002</v>
       </c>
       <c r="G682" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I682" s="1">
-        <v>45244000</v>
+        <v>909000</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
-        <v>516577</v>
+        <v>253275</v>
       </c>
       <c r="B683" t="str">
-        <v>Primo</v>
+        <v>L3.8</v>
       </c>
       <c r="C683" t="str">
-        <v>Primo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D683" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E683" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F683" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G683" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I683" s="1">
+        <v>1221000</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
-        <v>516578</v>
+        <v>253416</v>
       </c>
       <c r="B684" t="str">
-        <v>Primo</v>
+        <v>L4.2</v>
       </c>
       <c r="C684" t="str">
-        <v>Primo</v>
+        <v>Subsidies</v>
       </c>
       <c r="D684" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E684" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F684" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G684" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I684" s="1">
+        <v>1800000</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
-        <v>516649</v>
+        <v>253488</v>
       </c>
       <c r="B685" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C685" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D685" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E685" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F685" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G685" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I685" s="1">
+        <v>400000</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
-        <v>516650</v>
+        <v>253633</v>
       </c>
       <c r="B686" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C686" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D686" t="str">
-        <v>A29b</v>
+        <v>8.1</v>
       </c>
       <c r="E686" t="str">
-        <v>Nog te ontvangen bijdragen van he..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F686" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G686" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I686" s="1">
+        <v>20000</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
-        <v>518953</v>
+        <v>253634</v>
       </c>
       <c r="B687" t="str">
-        <v>L6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C687" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D687" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E687" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F687" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G687" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I687" s="1">
-        <v>605000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
-        <v>518954</v>
+        <v>253635</v>
       </c>
       <c r="B688" t="str">
-        <v>L6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C688" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D688" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E688" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F688" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G688" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I688" s="1">
-        <v>8220000</v>
+        <v>393000</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
-        <v>521761</v>
+        <v>253994</v>
       </c>
       <c r="B689" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C689" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D689" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E689" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F689" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G689" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>19468000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I689" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
-        <v>521762</v>
+        <v>253995</v>
       </c>
       <c r="B690" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C690" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D690" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E690" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F690" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G690" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>26638000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I690" s="1">
+        <v>3000</v>
       </c>
     </row>
     <row r="691">
       <c r="A691">
-        <v>522193</v>
+        <v>254208</v>
       </c>
       <c r="B691" t="str">
-        <v>Primo</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C691" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D691" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E691" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F691" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G691" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I691" s="1">
+        <v>17904000</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
-        <v>522194</v>
+        <v>254281</v>
       </c>
       <c r="B692" t="str">
-        <v>Primo</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C692" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D692" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E692" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F692" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G692" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I692" s="1">
+        <v>9736000</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
-        <v>522265</v>
+        <v>254282</v>
       </c>
       <c r="B693" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C693" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D693" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E693" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F693" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G693" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I693" s="1">
+        <v>12159000</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
-        <v>522266</v>
+        <v>254283</v>
       </c>
       <c r="B694" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C694" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D694" t="str">
-        <v>A29d</v>
+        <v>8.1</v>
       </c>
       <c r="E694" t="str">
-        <v>Overige overlopende activa</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F694" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G694" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I694" s="1">
+        <v>12307000</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
-        <v>527378</v>
+        <v>25466</v>
       </c>
       <c r="B695" t="str">
-        <v>B6.1</v>
+        <v>B3.3</v>
       </c>
       <c r="C695" t="str">
-        <v>Financiële transacties</v>
+        <v>Pachten</v>
       </c>
       <c r="D695" t="str">
-        <v>A29e</v>
+        <v>0.5</v>
       </c>
       <c r="E695" t="str">
-        <v>Nog te ontvangen bijdragen van pr.</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F695" t="str">
         <v>2025X002</v>
       </c>
       <c r="G695" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="H695" s="1">
-        <v>3880000</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
-        <v>527810</v>
+        <v>25467</v>
       </c>
       <c r="B696" t="str">
-        <v>Primo</v>
+        <v>B3.3</v>
       </c>
       <c r="C696" t="str">
-        <v>Primo</v>
+        <v>Pachten</v>
       </c>
       <c r="D696" t="str">
-        <v>A29e</v>
+        <v>0.5</v>
       </c>
       <c r="E696" t="str">
-        <v>Nog te ontvangen bijdragen van pr.</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F696" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G696" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H696" s="1">
+        <v>28000</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
-        <v>527882</v>
+        <v>254713</v>
       </c>
       <c r="B697" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C697" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D697" t="str">
-        <v>A29e</v>
+        <v>8.1</v>
       </c>
       <c r="E697" t="str">
-        <v>Nog te ontvangen bijdragen van pr.</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F697" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G697" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I697" s="1">
+        <v>37000</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
-        <v>532993</v>
+        <v>254714</v>
       </c>
       <c r="B698" t="str">
-        <v>B6.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C698" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D698" t="str">
-        <v>A29f</v>
+        <v>8.1</v>
       </c>
       <c r="E698" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F698" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G698" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>53000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I698" s="1">
+        <v>137000</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
-        <v>532994</v>
+        <v>254715</v>
       </c>
       <c r="B699" t="str">
-        <v>B6.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C699" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D699" t="str">
-        <v>A29f</v>
+        <v>8.1</v>
       </c>
       <c r="E699" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F699" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G699" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>13000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I699" s="1">
+        <v>212000</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
-        <v>533425</v>
+        <v>256944</v>
       </c>
       <c r="B700" t="str">
-        <v>Primo</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C700" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D700" t="str">
-        <v>A29f</v>
+        <v>8.1</v>
       </c>
       <c r="E700" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Ruimte en leefomgeving</v>
       </c>
       <c r="F700" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G700" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H700" s="1">
+        <v>583000</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
-        <v>533426</v>
+        <v>25824</v>
       </c>
       <c r="B701" t="str">
-        <v>Primo</v>
+        <v>B3.8</v>
       </c>
       <c r="C701" t="str">
-        <v>Primo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D701" t="str">
-        <v>A29f</v>
+        <v>0.5</v>
       </c>
       <c r="E701" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Algemene dekkingsmiddelen, overige..</v>
       </c>
       <c r="F701" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G701" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H701" s="1">
+        <v>100000</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
-        <v>533497</v>
+        <v>258384</v>
       </c>
       <c r="B702" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C702" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D702" t="str">
-        <v>A29f</v>
+        <v>8.2</v>
       </c>
       <c r="E702" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F702" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G702" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I702" s="1">
+        <v>1476000</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
-        <v>533498</v>
+        <v>258816</v>
       </c>
       <c r="B703" t="str">
-        <v>Ultimo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C703" t="str">
-        <v>Ultimo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D703" t="str">
-        <v>A29f</v>
+        <v>8.2</v>
       </c>
       <c r="E703" t="str">
-        <v>Nog te ontvangen bijdragen van ge..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F703" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G703" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I703" s="1">
+        <v>300000</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
-        <v>538610</v>
+        <v>258817</v>
       </c>
       <c r="B704" t="str">
-        <v>B6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C704" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D704" t="str">
-        <v>A29g</v>
+        <v>8.2</v>
       </c>
       <c r="E704" t="str">
-        <v>Nog te ontvangen bijdragen van ov..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F704" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G704" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>248000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I704" s="1">
+        <v>26000</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
-        <v>539041</v>
+        <v>258818</v>
       </c>
       <c r="B705" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C705" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D705" t="str">
-        <v>A29g</v>
+        <v>8.2</v>
       </c>
       <c r="E705" t="str">
-        <v>Nog te ontvangen bijdragen van ov..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F705" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G705" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I705" s="1">
+        <v>48000</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
-        <v>539042</v>
+        <v>258819</v>
       </c>
       <c r="B706" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C706" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D706" t="str">
-        <v>A29g</v>
+        <v>8.2</v>
       </c>
       <c r="E706" t="str">
-        <v>Nog te ontvangen bijdragen van ov..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F706" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G706" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I706" s="1">
+        <v>79000</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
-        <v>539113</v>
+        <v>258888</v>
       </c>
       <c r="B707" t="str">
-        <v>Ultimo</v>
+        <v>L3.8</v>
       </c>
       <c r="C707" t="str">
-        <v>Ultimo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D707" t="str">
-        <v>A29g</v>
+        <v>8.2</v>
       </c>
       <c r="E707" t="str">
-        <v>Nog te ontvangen bijdragen van ov..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F707" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G707" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I707" s="1">
+        <v>3287000</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
-        <v>539114</v>
+        <v>258889</v>
       </c>
       <c r="B708" t="str">
-        <v>Ultimo</v>
+        <v>L3.8</v>
       </c>
       <c r="C708" t="str">
-        <v>Ultimo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D708" t="str">
-        <v>A29g</v>
+        <v>8.2</v>
       </c>
       <c r="E708" t="str">
-        <v>Nog te ontvangen bijdragen van ov..</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F708" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G708" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I708" s="1">
+        <v>205000</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
-        <v>541488</v>
+        <v>258890</v>
       </c>
       <c r="B709" t="str">
-        <v>L7.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C709" t="str">
-        <v>Mutatie reserves</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D709" t="str">
-        <v>P111</v>
+        <v>8.2</v>
       </c>
       <c r="E709" t="str">
-        <v>Algemene reserve</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F709" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G709" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I709" s="1">
-        <v>57501000</v>
+        <v>325000</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
-        <v>547104</v>
+        <v>258891</v>
       </c>
       <c r="B710" t="str">
-        <v>L7.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C710" t="str">
-        <v>Mutatie reserves</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D710" t="str">
-        <v>P112</v>
+        <v>8.2</v>
       </c>
       <c r="E710" t="str">
-        <v>Bestemmingsreserves</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F710" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G710" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I710" s="1">
-        <v>164610000</v>
+        <v>696000</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
-        <v>547106</v>
+        <v>259177</v>
       </c>
       <c r="B711" t="str">
-        <v>L7.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C711" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D711" t="str">
-        <v>P112</v>
+        <v>8.2</v>
       </c>
       <c r="E711" t="str">
-        <v>Bestemmingsreserves</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F711" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G711" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I711" s="1">
-        <v>142605000</v>
+        <v>380000</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
-        <v>549912</v>
+        <v>259178</v>
       </c>
       <c r="B712" t="str">
-        <v>B7.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C712" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D712" t="str">
-        <v>P112</v>
+        <v>8.2</v>
       </c>
       <c r="E712" t="str">
-        <v>Bestemmingsreserves</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F712" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G712" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>73416000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I712" s="1">
+        <v>618000</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
-        <v>549914</v>
+        <v>259179</v>
       </c>
       <c r="B713" t="str">
-        <v>B7.1</v>
+        <v>L4.3.2</v>
       </c>
       <c r="C713" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D713" t="str">
-        <v>P112</v>
+        <v>8.2</v>
       </c>
       <c r="E713" t="str">
-        <v>Bestemmingsreserves</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F713" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G713" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>5500000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I713" s="1">
+        <v>718000</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
-        <v>552721</v>
+        <v>259249</v>
       </c>
       <c r="B714" t="str">
-        <v>L7.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C714" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D714" t="str">
-        <v>P114</v>
+        <v>8.2</v>
       </c>
       <c r="E714" t="str">
-        <v>Saldo van rekening</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F714" t="str">
         <v>2025X001</v>
       </c>
       <c r="G714" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I714" s="1">
-        <v>150316000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
-        <v>552722</v>
+        <v>259250</v>
       </c>
       <c r="B715" t="str">
-        <v>L7.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C715" t="str">
-        <v>Mutatie reserves</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D715" t="str">
-        <v>P114</v>
+        <v>8.2</v>
       </c>
       <c r="E715" t="str">
-        <v>Saldo van rekening</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F715" t="str">
         <v>2025X002</v>
       </c>
       <c r="G715" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I715" s="1">
-        <v>127155000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
-        <v>556250</v>
+        <v>259251</v>
       </c>
       <c r="B716" t="str">
-        <v>L3.2</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C716" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D716" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E716" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F716" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G716" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I716" s="1">
-        <v>15028000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
-        <v>556536</v>
+        <v>259610</v>
       </c>
       <c r="B717" t="str">
-        <v>L3.8</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C717" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D717" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E717" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F717" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G717" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I717" s="1">
-        <v>426000</v>
+        <v>79000</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
-        <v>557257</v>
+        <v>259897</v>
       </c>
       <c r="B718" t="str">
-        <v>L4.3.8</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C718" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D718" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E718" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F718" t="str">
         <v>2025X001</v>
       </c>
       <c r="G718" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I718" s="1">
-        <v>173000</v>
+        <v>1114000</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
-        <v>557258</v>
+        <v>259898</v>
       </c>
       <c r="B719" t="str">
-        <v>L4.3.8</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C719" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D719" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E719" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F719" t="str">
         <v>2025X002</v>
       </c>
       <c r="G719" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I719" s="1">
-        <v>288000</v>
+        <v>2471000</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
-        <v>561216</v>
+        <v>259899</v>
       </c>
       <c r="B720" t="str">
-        <v>B7.2</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C720" t="str">
-        <v>Mutatie voorzieningen</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D720" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E720" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F720" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G720" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>115000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I720" s="1">
+        <v>1954000</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
-        <v>561218</v>
+        <v>260329</v>
       </c>
       <c r="B721" t="str">
-        <v>B7.2</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C721" t="str">
-        <v>Mutatie voorzieningen</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D721" t="str">
-        <v>P12</v>
+        <v>8.2</v>
       </c>
       <c r="E721" t="str">
-        <v>Voorzieningen</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F721" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G721" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>215805000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I721" s="1">
+        <v>308000</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
-        <v>56208</v>
+        <v>260330</v>
       </c>
       <c r="B722" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C722" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D722" t="str">
-        <v>1.2</v>
+        <v>8.2</v>
       </c>
       <c r="E722" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F722" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G722" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I722" s="1">
-        <v>1843000</v>
+        <v>488000</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
-        <v>56209</v>
+        <v>260331</v>
       </c>
       <c r="B723" t="str">
-        <v>L1.1</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C723" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D723" t="str">
-        <v>1.2</v>
+        <v>8.2</v>
       </c>
       <c r="E723" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Volkshuisvesting</v>
       </c>
       <c r="F723" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G723" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I723" s="1">
-        <v>271000</v>
+        <v>1028000</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
-        <v>56210</v>
+        <v>269616</v>
       </c>
       <c r="B724" t="str">
         <v>L1.1</v>
       </c>
       <c r="C724" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D724" t="str">
-        <v>1.2</v>
+        <v>8.9</v>
       </c>
       <c r="E724" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F724" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G724" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I724" s="1">
-        <v>451000</v>
+        <v>1204000</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
-        <v>56712</v>
+        <v>269617</v>
       </c>
       <c r="B725" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C725" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D725" t="str">
-        <v>1.2</v>
+        <v>8.9</v>
       </c>
       <c r="E725" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F725" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G725" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I725" s="1">
-        <v>323000</v>
+        <v>633000</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
-        <v>56713</v>
+        <v>269618</v>
       </c>
       <c r="B726" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C726" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D726" t="str">
-        <v>1.2</v>
+        <v>8.9</v>
       </c>
       <c r="E726" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F726" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G726" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I726" s="1">
-        <v>19000</v>
+        <v>1251000</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
-        <v>56714</v>
+        <v>269619</v>
       </c>
       <c r="B727" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C727" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D727" t="str">
-        <v>1.2</v>
+        <v>8.9</v>
       </c>
       <c r="E727" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F727" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G727" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I727" s="1">
-        <v>47000</v>
+        <v>1873000</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
-        <v>575113</v>
+        <v>270048</v>
       </c>
       <c r="B728" t="str">
-        <v>L6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C728" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D728" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E728" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F728" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G728" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I728" s="1">
-        <v>2817000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
-        <v>575114</v>
+        <v>270120</v>
       </c>
       <c r="B729" t="str">
-        <v>L6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C729" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D729" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E729" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F729" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G729" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I729" s="1">
-        <v>2817000</v>
+        <v>423000</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
-        <v>577920</v>
+        <v>270121</v>
       </c>
       <c r="B730" t="str">
-        <v>B6.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C730" t="str">
-        <v>Financiële transacties</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D730" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E730" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F730" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G730" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>217115000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I730" s="1">
+        <v>1000</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
-        <v>578353</v>
+        <v>270122</v>
       </c>
       <c r="B731" t="str">
-        <v>Primo</v>
+        <v>L3.8</v>
       </c>
       <c r="C731" t="str">
-        <v>Primo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D731" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E731" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F731" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G731" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I731" s="1">
+        <v>2000</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
-        <v>578354</v>
+        <v>270123</v>
       </c>
       <c r="B732" t="str">
-        <v>Primo</v>
+        <v>L3.8</v>
       </c>
       <c r="C732" t="str">
-        <v>Primo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D732" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E732" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F732" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G732" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I732" s="1">
+        <v>2000</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
-        <v>578425</v>
+        <v>270483</v>
       </c>
       <c r="B733" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C733" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D733" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E733" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F733" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G733" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I733" s="1">
+        <v>50000</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
-        <v>578426</v>
+        <v>270842</v>
       </c>
       <c r="B734" t="str">
-        <v>Ultimo</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C734" t="str">
-        <v>Ultimo</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D734" t="str">
-        <v>P133</v>
+        <v>8.9</v>
       </c>
       <c r="E734" t="str">
-        <v>Onderhandse leningen van binnenla..</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F734" t="str">
         <v>2025X002</v>
       </c>
       <c r="G734" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I734" s="1">
+        <v>19000</v>
+      </c>
     </row>
     <row r="735">
       <c r="A735">
-        <v>58584</v>
+        <v>270843</v>
       </c>
       <c r="B735" t="str">
-        <v>L7.2</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C735" t="str">
-        <v>Mutatie voorzieningen</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D735" t="str">
-        <v>1.2</v>
+        <v>8.9</v>
       </c>
       <c r="E735" t="str">
-        <v>Gedeputeerde Staten</v>
+        <v>Ruimte, overige baten en lasten</v>
       </c>
       <c r="F735" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G735" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I735" s="1">
-        <v>115000</v>
+        <v>19000</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
-        <v>61824</v>
+        <v>280849</v>
       </c>
       <c r="B736" t="str">
         <v>L1.1</v>
       </c>
       <c r="C736" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D736" t="str">
-        <v>1.3</v>
+        <v>A112</v>
       </c>
       <c r="E736" t="str">
-        <v>Kabinetszaken</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F736" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G736" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I736" s="1">
-        <v>896000</v>
+        <v>26000</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
-        <v>61825</v>
+        <v>280850</v>
       </c>
       <c r="B737" t="str">
         <v>L1.1</v>
       </c>
       <c r="C737" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D737" t="str">
-        <v>1.3</v>
+        <v>A112</v>
       </c>
       <c r="E737" t="str">
-        <v>Kabinetszaken</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F737" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G737" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I737" s="1">
-        <v>739000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
-        <v>61826</v>
+        <v>280851</v>
       </c>
       <c r="B738" t="str">
         <v>L1.1</v>
       </c>
       <c r="C738" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D738" t="str">
-        <v>1.3</v>
+        <v>A112</v>
       </c>
       <c r="E738" t="str">
-        <v>Kabinetszaken</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F738" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G738" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I738" s="1">
-        <v>1518000</v>
+        <v>224000</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
-        <v>61968</v>
+        <v>281064</v>
       </c>
       <c r="B739" t="str">
-        <v>L3.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C739" t="str">
-        <v>Grond</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D739" t="str">
-        <v>1.3</v>
+        <v>A112</v>
       </c>
       <c r="E739" t="str">
-        <v>Kabinetszaken</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F739" t="str">
         <v>2025X000</v>
       </c>
       <c r="G739" t="str">
         <v>Begroting</v>
       </c>
       <c r="I739" s="1">
-        <v>5000000</v>
+        <v>6117000</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
-        <v>62257</v>
+        <v>281065</v>
       </c>
       <c r="B740" t="str">
-        <v>L3.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C740" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D740" t="str">
-        <v>1.3</v>
+        <v>A112</v>
       </c>
       <c r="E740" t="str">
-        <v>Kabinetszaken</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F740" t="str">
         <v>2025X001</v>
       </c>
       <c r="G740" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I740" s="1">
-        <v>179000</v>
+        <v>123000</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
-        <v>62258</v>
+        <v>28128</v>
       </c>
       <c r="B741" t="str">
-        <v>L3.5.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C741" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D741" t="str">
-        <v>1.3</v>
+        <v>0.6</v>
       </c>
       <c r="E741" t="str">
-        <v>Kabinetszaken</v>
+        <v>Overhead</v>
       </c>
       <c r="F741" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G741" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I741" s="1">
-        <v>267000</v>
+        <v>77138000</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
-        <v>62328</v>
+        <v>28129</v>
       </c>
       <c r="B742" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C742" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D742" t="str">
-        <v>1.3</v>
+        <v>0.6</v>
       </c>
       <c r="E742" t="str">
-        <v>Kabinetszaken</v>
+        <v>Overhead</v>
       </c>
       <c r="F742" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G742" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I742" s="1">
-        <v>363000</v>
+        <v>22193000</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
-        <v>62330</v>
+        <v>28130</v>
       </c>
       <c r="B743" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C743" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D743" t="str">
-        <v>1.3</v>
+        <v>0.6</v>
       </c>
       <c r="E743" t="str">
-        <v>Kabinetszaken</v>
+        <v>Overhead</v>
       </c>
       <c r="F743" t="str">
         <v>2025X002</v>
       </c>
       <c r="G743" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I743" s="1">
-        <v>30000</v>
+        <v>28809000</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
-        <v>63048</v>
+        <v>28131</v>
       </c>
       <c r="B744" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C744" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D744" t="str">
-        <v>1.3</v>
+        <v>0.6</v>
       </c>
       <c r="E744" t="str">
-        <v>Kabinetszaken</v>
+        <v>Overhead</v>
       </c>
       <c r="F744" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G744" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I744" s="1">
-        <v>1450000</v>
+        <v>69286000</v>
       </c>
     </row>
     <row r="745">
       <c r="A745">
-        <v>664969</v>
+        <v>28200</v>
       </c>
       <c r="B745" t="str">
-        <v>L6.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C745" t="str">
-        <v>Financiële transacties</v>
+        <v>Belastingen</v>
       </c>
       <c r="D745" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E745" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F745" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G745" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I745" s="1">
-        <v>37855000</v>
+        <v>813000</v>
       </c>
     </row>
     <row r="746">
       <c r="A746">
-        <v>664970</v>
+        <v>28201</v>
       </c>
       <c r="B746" t="str">
-        <v>L6.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C746" t="str">
-        <v>Financiële transacties</v>
+        <v>Belastingen</v>
       </c>
       <c r="D746" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E746" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F746" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G746" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I746" s="1">
-        <v>31576000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="747">
       <c r="A747">
-        <v>667777</v>
+        <v>28202</v>
       </c>
       <c r="B747" t="str">
-        <v>B6.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C747" t="str">
-        <v>Financiële transacties</v>
+        <v>Belastingen</v>
       </c>
       <c r="D747" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E747" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F747" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G747" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>115545000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I747" s="1">
+        <v>788000</v>
       </c>
     </row>
     <row r="748">
       <c r="A748">
-        <v>667778</v>
+        <v>28203</v>
       </c>
       <c r="B748" t="str">
-        <v>B6.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C748" t="str">
-        <v>Financiële transacties</v>
+        <v>Belastingen</v>
       </c>
       <c r="D748" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E748" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F748" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G748" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>74164000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I748" s="1">
+        <v>629000</v>
       </c>
     </row>
     <row r="749">
       <c r="A749">
-        <v>668209</v>
+        <v>28344</v>
       </c>
       <c r="B749" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C749" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D749" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E749" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F749" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G749" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I749" s="1">
+        <v>7930000</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
-        <v>668210</v>
+        <v>28345</v>
       </c>
       <c r="B750" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C750" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D750" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E750" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F750" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G750" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I750" s="1">
+        <v>477000</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
-        <v>668281</v>
+        <v>28346</v>
       </c>
       <c r="B751" t="str">
-        <v>Ultimo</v>
+        <v>L3.2</v>
       </c>
       <c r="C751" t="str">
-        <v>Ultimo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D751" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E751" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F751" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G751" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I751" s="1">
+        <v>8106000</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
-        <v>668282</v>
+        <v>28347</v>
       </c>
       <c r="B752" t="str">
-        <v>Ultimo</v>
+        <v>L3.2</v>
       </c>
       <c r="C752" t="str">
-        <v>Ultimo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D752" t="str">
-        <v>P213</v>
+        <v>0.6</v>
       </c>
       <c r="E752" t="str">
-        <v>Overige vlottende schulden</v>
+        <v>Overhead</v>
       </c>
       <c r="F752" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G752" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I752" s="1">
+        <v>9008000</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
-        <v>670586</v>
+        <v>28560</v>
       </c>
       <c r="B753" t="str">
-        <v>L6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C753" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D753" t="str">
-        <v>P29a</v>
+        <v>0.6</v>
       </c>
       <c r="E753" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Overhead</v>
       </c>
       <c r="F753" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G753" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I753" s="1">
-        <v>2080000</v>
+        <v>10709000</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
-        <v>673393</v>
+        <v>28561</v>
       </c>
       <c r="B754" t="str">
-        <v>B6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C754" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D754" t="str">
-        <v>P29a</v>
+        <v>0.6</v>
       </c>
       <c r="E754" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Overhead</v>
       </c>
       <c r="F754" t="str">
         <v>2025X001</v>
       </c>
       <c r="G754" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H754" s="1">
-        <v>2793000</v>
+      <c r="I754" s="1">
+        <v>2607000</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
-        <v>673394</v>
+        <v>28562</v>
       </c>
       <c r="B755" t="str">
-        <v>B6.1</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C755" t="str">
-        <v>Financiële transacties</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D755" t="str">
-        <v>P29a</v>
+        <v>0.6</v>
       </c>
       <c r="E755" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Overhead</v>
       </c>
       <c r="F755" t="str">
         <v>2025X002</v>
       </c>
       <c r="G755" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H755" s="1">
-        <v>2793000</v>
+      <c r="I755" s="1">
+        <v>6993000</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
-        <v>673825</v>
+        <v>28563</v>
       </c>
       <c r="B756" t="str">
-        <v>Primo</v>
+        <v>L3.5.1</v>
       </c>
       <c r="C756" t="str">
-        <v>Primo</v>
+        <v>Ingeleend personeel</v>
       </c>
       <c r="D756" t="str">
-        <v>P29a</v>
+        <v>0.6</v>
       </c>
       <c r="E756" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Overhead</v>
       </c>
       <c r="F756" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G756" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I756" s="1">
+        <v>12632000</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
-        <v>673826</v>
+        <v>286104</v>
       </c>
       <c r="B757" t="str">
-        <v>Primo</v>
+        <v>B7.3</v>
       </c>
       <c r="C757" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D757" t="str">
-        <v>P29a</v>
+        <v>A112</v>
       </c>
       <c r="E757" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F757" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G757" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H757" s="1">
+        <v>7549000</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
-        <v>673897</v>
+        <v>286107</v>
       </c>
       <c r="B758" t="str">
-        <v>Ultimo</v>
+        <v>B7.3</v>
       </c>
       <c r="C758" t="str">
-        <v>Ultimo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D758" t="str">
-        <v>P29a</v>
+        <v>A112</v>
       </c>
       <c r="E758" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Kosten onderzoek en ontwikkeling ..</v>
       </c>
       <c r="F758" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G758" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H758" s="1">
+        <v>4887000</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
-        <v>673898</v>
+        <v>28632</v>
       </c>
       <c r="B759" t="str">
-        <v>Ultimo</v>
+        <v>L3.8</v>
       </c>
       <c r="C759" t="str">
-        <v>Ultimo</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D759" t="str">
-        <v>P29a</v>
+        <v>0.6</v>
       </c>
       <c r="E759" t="str">
-        <v>Vooruit ontvangen bijdragen van d..</v>
+        <v>Overhead</v>
       </c>
       <c r="F759" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G759" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I759" s="1">
+        <v>29350000</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
-        <v>67440</v>
+        <v>28633</v>
       </c>
       <c r="B760" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C760" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D760" t="str">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="E760" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Overhead</v>
       </c>
       <c r="F760" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G760" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I760" s="1">
-        <v>5065000</v>
+        <v>4181000</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
-        <v>67441</v>
+        <v>28634</v>
       </c>
       <c r="B761" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C761" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D761" t="str">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="E761" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Overhead</v>
       </c>
       <c r="F761" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G761" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I761" s="1">
-        <v>383000</v>
+        <v>11714000</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
-        <v>67442</v>
+        <v>28635</v>
       </c>
       <c r="B762" t="str">
-        <v>L1.1</v>
+        <v>L3.8</v>
       </c>
       <c r="C762" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D762" t="str">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="E762" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Overhead</v>
       </c>
       <c r="F762" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G762" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I762" s="1">
-        <v>758000</v>
+        <v>17458000</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
-        <v>676200</v>
+        <v>287904</v>
       </c>
       <c r="B763" t="str">
-        <v>L6.1</v>
+        <v>L4.5.1</v>
       </c>
       <c r="C763" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D763" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E763" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F763" t="str">
         <v>2025X000</v>
       </c>
       <c r="G763" t="str">
         <v>Begroting</v>
       </c>
       <c r="I763" s="1">
-        <v>44046000</v>
+        <v>7123000</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
-        <v>676201</v>
+        <v>287977</v>
       </c>
       <c r="B764" t="str">
-        <v>L6.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C764" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D764" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E764" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F764" t="str">
         <v>2025X001</v>
       </c>
       <c r="G764" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I764" s="1">
-        <v>5755000</v>
+        <v>7768000</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
-        <v>676202</v>
+        <v>287978</v>
       </c>
       <c r="B765" t="str">
-        <v>L6.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C765" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D765" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E765" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F765" t="str">
         <v>2025X002</v>
       </c>
       <c r="G765" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I765" s="1">
-        <v>9818000</v>
+        <v>7878000</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
-        <v>679008</v>
+        <v>287979</v>
       </c>
       <c r="B766" t="str">
-        <v>B6.1</v>
+        <v>L4.5.2</v>
       </c>
       <c r="C766" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D766" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E766" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F766" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G766" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>13800000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I766" s="1">
+        <v>7878000</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
-        <v>679009</v>
+        <v>288193</v>
       </c>
       <c r="B767" t="str">
-        <v>B6.1</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C767" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D767" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E767" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F767" t="str">
         <v>2025X001</v>
       </c>
       <c r="G767" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H767" s="1">
-        <v>67323000</v>
+      <c r="I767" s="1">
+        <v>66000</v>
       </c>
     </row>
     <row r="768">
       <c r="A768">
-        <v>679010</v>
+        <v>288194</v>
       </c>
       <c r="B768" t="str">
-        <v>B6.1</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C768" t="str">
-        <v>Financiële transacties</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D768" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E768" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F768" t="str">
         <v>2025X002</v>
       </c>
       <c r="G768" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H768" s="1">
-        <v>67878000</v>
+      <c r="I768" s="1">
+        <v>66000</v>
       </c>
     </row>
     <row r="769">
       <c r="A769">
-        <v>679441</v>
+        <v>288195</v>
       </c>
       <c r="B769" t="str">
-        <v>Primo</v>
+        <v>L4.5.5</v>
       </c>
       <c r="C769" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D769" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E769" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F769" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G769" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I769" s="1">
+        <v>39000</v>
       </c>
     </row>
     <row r="770">
       <c r="A770">
-        <v>679442</v>
+        <v>288265</v>
       </c>
       <c r="B770" t="str">
-        <v>Primo</v>
+        <v>L4.5.6</v>
       </c>
       <c r="C770" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - ov over..</v>
       </c>
       <c r="D770" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E770" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F770" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G770" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I770" s="1">
+        <v>966000</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
-        <v>67944</v>
+        <v>288266</v>
       </c>
       <c r="B771" t="str">
-        <v>L3.8</v>
+        <v>L4.5.6</v>
       </c>
       <c r="C771" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - ov over..</v>
       </c>
       <c r="D771" t="str">
-        <v>1.4</v>
+        <v>A113</v>
       </c>
       <c r="E771" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F771" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G771" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I771" s="1">
-        <v>4761000</v>
+        <v>966000</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
-        <v>67945</v>
+        <v>288267</v>
       </c>
       <c r="B772" t="str">
-        <v>L3.8</v>
+        <v>L4.5.6</v>
       </c>
       <c r="C772" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - ov over..</v>
       </c>
       <c r="D772" t="str">
-        <v>1.4</v>
+        <v>A113</v>
       </c>
       <c r="E772" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F772" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G772" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I772" s="1">
-        <v>149000</v>
+        <v>966000</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
-        <v>67946</v>
+        <v>288409</v>
       </c>
       <c r="B773" t="str">
-        <v>L3.8</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C773" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D773" t="str">
-        <v>1.4</v>
+        <v>A113</v>
       </c>
       <c r="E773" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F773" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G773" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I773" s="1">
-        <v>307000</v>
+        <v>79000</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
-        <v>679513</v>
+        <v>288410</v>
       </c>
       <c r="B774" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C774" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D774" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E774" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F774" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G774" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I774" s="1">
+        <v>79000</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
-        <v>679514</v>
+        <v>288411</v>
       </c>
       <c r="B775" t="str">
-        <v>Ultimo</v>
+        <v>L4.5.8</v>
       </c>
       <c r="C775" t="str">
-        <v>Ultimo</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D775" t="str">
-        <v>P29b</v>
+        <v>A113</v>
       </c>
       <c r="E775" t="str">
-        <v>Vooruit ontvangen bijdragen van h..</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F775" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G775" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I775" s="1">
+        <v>79000</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
-        <v>681817</v>
+        <v>28848</v>
       </c>
       <c r="B776" t="str">
-        <v>L6.1</v>
+        <v>L4.3.1</v>
       </c>
       <c r="C776" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D776" t="str">
-        <v>P29d</v>
+        <v>0.6</v>
       </c>
       <c r="E776" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Overhead</v>
       </c>
       <c r="F776" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G776" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I776" s="1">
-        <v>39364000</v>
+        <v>668000</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
-        <v>681818</v>
+        <v>28993</v>
       </c>
       <c r="B777" t="str">
-        <v>L6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C777" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D777" t="str">
-        <v>P29d</v>
+        <v>0.6</v>
       </c>
       <c r="E777" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Overhead</v>
       </c>
       <c r="F777" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G777" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I777" s="1">
-        <v>67676000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
-        <v>684625</v>
+        <v>28994</v>
       </c>
       <c r="B778" t="str">
-        <v>B6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C778" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D778" t="str">
-        <v>P29d</v>
+        <v>0.6</v>
       </c>
       <c r="E778" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Overhead</v>
       </c>
       <c r="F778" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G778" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>34162000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I778" s="1">
+        <v>1000</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
-        <v>684626</v>
+        <v>28995</v>
       </c>
       <c r="B779" t="str">
-        <v>B6.1</v>
+        <v>L4.3.3</v>
       </c>
       <c r="C779" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - gemeensc..</v>
       </c>
       <c r="D779" t="str">
-        <v>P29d</v>
+        <v>0.6</v>
       </c>
       <c r="E779" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Overhead</v>
       </c>
       <c r="F779" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G779" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>48535000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I779" s="1">
+        <v>1000000</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
-        <v>685057</v>
+        <v>290640</v>
       </c>
       <c r="B780" t="str">
-        <v>Primo</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C780" t="str">
-        <v>Primo</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D780" t="str">
-        <v>P29d</v>
+        <v>A113</v>
       </c>
       <c r="E780" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F780" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G780" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H780" s="1">
+        <v>296000</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
-        <v>685058</v>
+        <v>291720</v>
       </c>
       <c r="B781" t="str">
-        <v>Primo</v>
+        <v>B7.3</v>
       </c>
       <c r="C781" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D781" t="str">
-        <v>P29d</v>
+        <v>A113</v>
       </c>
       <c r="E781" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F781" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G781" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H781" s="1">
+        <v>3323000</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
-        <v>685129</v>
+        <v>291723</v>
       </c>
       <c r="B782" t="str">
-        <v>Ultimo</v>
+        <v>B7.3</v>
       </c>
       <c r="C782" t="str">
-        <v>Ultimo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D782" t="str">
-        <v>P29d</v>
+        <v>A113</v>
       </c>
       <c r="E782" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Bijdragen aan activa in eigendom ..</v>
       </c>
       <c r="F782" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G782" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H782" s="1">
+        <v>2375000</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
-        <v>685130</v>
+        <v>292082</v>
       </c>
       <c r="B783" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C783" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D783" t="str">
-        <v>P29d</v>
+        <v>A121</v>
       </c>
       <c r="E783" t="str">
-        <v>Overige overlopende passiva</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F783" t="str">
         <v>2025X002</v>
       </c>
       <c r="G783" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I783" s="1">
+        <v>1000</v>
+      </c>
     </row>
     <row r="784">
       <c r="A784">
-        <v>68664</v>
+        <v>292083</v>
       </c>
       <c r="B784" t="str">
-        <v>L4.3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C784" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D784" t="str">
-        <v>1.4</v>
+        <v>A121</v>
       </c>
       <c r="E784" t="str">
-        <v>Bestuurlijke organisatie</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F784" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G784" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I784" s="1">
-        <v>4500000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
-        <v>690241</v>
+        <v>292224</v>
       </c>
       <c r="B785" t="str">
-        <v>B6.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C785" t="str">
-        <v>Financiële transacties</v>
+        <v>Grond</v>
       </c>
       <c r="D785" t="str">
-        <v>P29e</v>
+        <v>A121</v>
       </c>
       <c r="E785" t="str">
-        <v>Vooruit ontvangen bijdragen van p..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F785" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G785" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>93000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I785" s="1">
+        <v>7796000</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
-        <v>690673</v>
+        <v>292297</v>
       </c>
       <c r="B786" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C786" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D786" t="str">
-        <v>P29e</v>
+        <v>A121</v>
       </c>
       <c r="E786" t="str">
-        <v>Vooruit ontvangen bijdragen van p..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F786" t="str">
         <v>2025X001</v>
       </c>
       <c r="G786" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="I786" s="1">
+        <v>158000</v>
+      </c>
     </row>
     <row r="787">
       <c r="A787">
-        <v>690745</v>
+        <v>292298</v>
       </c>
       <c r="B787" t="str">
-        <v>Ultimo</v>
+        <v>L3.2</v>
       </c>
       <c r="C787" t="str">
-        <v>Ultimo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D787" t="str">
-        <v>P29e</v>
+        <v>A121</v>
       </c>
       <c r="E787" t="str">
-        <v>Vooruit ontvangen bijdragen van p..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F787" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G787" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I787" s="1">
+        <v>305000</v>
       </c>
     </row>
     <row r="788">
       <c r="A788">
-        <v>693049</v>
+        <v>292299</v>
       </c>
       <c r="B788" t="str">
-        <v>L6.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C788" t="str">
-        <v>Financiële transacties</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D788" t="str">
-        <v>P29f</v>
+        <v>A121</v>
       </c>
       <c r="E788" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F788" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G788" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I788" s="1">
-        <v>3342000</v>
+        <v>436000</v>
       </c>
     </row>
     <row r="789">
       <c r="A789">
-        <v>693050</v>
+        <v>29353</v>
       </c>
       <c r="B789" t="str">
-        <v>L6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C789" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D789" t="str">
-        <v>P29f</v>
+        <v>0.6</v>
       </c>
       <c r="E789" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Overhead</v>
       </c>
       <c r="F789" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G789" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I789" s="1">
-        <v>3549000</v>
+        <v>178000</v>
       </c>
     </row>
     <row r="790">
       <c r="A790">
-        <v>695857</v>
+        <v>29354</v>
       </c>
       <c r="B790" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C790" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D790" t="str">
-        <v>P29f</v>
+        <v>0.6</v>
       </c>
       <c r="E790" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Overhead</v>
       </c>
       <c r="F790" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G790" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>19588000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I790" s="1">
+        <v>193000</v>
       </c>
     </row>
     <row r="791">
       <c r="A791">
-        <v>695858</v>
+        <v>29355</v>
       </c>
       <c r="B791" t="str">
-        <v>B6.1</v>
+        <v>L4.3.8</v>
       </c>
       <c r="C791" t="str">
-        <v>Financiële transacties</v>
+        <v>Inkomensoverdrachten - overige ..</v>
       </c>
       <c r="D791" t="str">
-        <v>P29f</v>
+        <v>0.6</v>
       </c>
       <c r="E791" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Overhead</v>
       </c>
       <c r="F791" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G791" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>20475000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I791" s="1">
+        <v>193000</v>
       </c>
     </row>
     <row r="792">
       <c r="A792">
-        <v>696289</v>
+        <v>297336</v>
       </c>
       <c r="B792" t="str">
-        <v>Primo</v>
+        <v>B7.3</v>
       </c>
       <c r="C792" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D792" t="str">
-        <v>P29f</v>
+        <v>A121</v>
       </c>
       <c r="E792" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F792" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G792" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H792" s="1">
+        <v>69000</v>
       </c>
     </row>
     <row r="793">
       <c r="A793">
-        <v>696290</v>
+        <v>297339</v>
       </c>
       <c r="B793" t="str">
-        <v>Primo</v>
+        <v>B7.3</v>
       </c>
       <c r="C793" t="str">
-        <v>Primo</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D793" t="str">
-        <v>P29f</v>
+        <v>A121</v>
       </c>
       <c r="E793" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Gronden en terreinen</v>
       </c>
       <c r="F793" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G793" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H793" s="1">
+        <v>51000</v>
       </c>
     </row>
     <row r="794">
       <c r="A794">
-        <v>696361</v>
+        <v>303313</v>
       </c>
       <c r="B794" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C794" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D794" t="str">
-        <v>P29f</v>
+        <v>A123</v>
       </c>
       <c r="E794" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F794" t="str">
         <v>2025X001</v>
       </c>
       <c r="G794" t="str">
         <v>1e kwartaal</v>
       </c>
+      <c r="I794" s="1">
+        <v>15000</v>
+      </c>
     </row>
     <row r="795">
       <c r="A795">
-        <v>696362</v>
+        <v>303314</v>
       </c>
       <c r="B795" t="str">
-        <v>Ultimo</v>
+        <v>L1.1</v>
       </c>
       <c r="C795" t="str">
-        <v>Ultimo</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D795" t="str">
-        <v>P29f</v>
+        <v>A123</v>
       </c>
       <c r="E795" t="str">
-        <v>Vooruit ontvangen bijdragen van g..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F795" t="str">
         <v>2025X002</v>
       </c>
       <c r="G795" t="str">
         <v>2e kwartaal</v>
       </c>
+      <c r="I795" s="1">
+        <v>31000</v>
+      </c>
     </row>
     <row r="796">
       <c r="A796">
-        <v>698665</v>
+        <v>303315</v>
       </c>
       <c r="B796" t="str">
-        <v>L6.1</v>
+        <v>L1.1</v>
       </c>
       <c r="C796" t="str">
-        <v>Financiële transacties</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D796" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E796" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F796" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G796" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I796" s="1">
-        <v>2397000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="797">
       <c r="A797">
-        <v>698666</v>
+        <v>303457</v>
       </c>
       <c r="B797" t="str">
-        <v>L6.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C797" t="str">
-        <v>Financiële transacties</v>
+        <v>Grond</v>
       </c>
       <c r="D797" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E797" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F797" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G797" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I797" s="1">
-        <v>1707000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="798">
       <c r="A798">
-        <v>701473</v>
+        <v>303458</v>
       </c>
       <c r="B798" t="str">
-        <v>B6.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C798" t="str">
-        <v>Financiële transacties</v>
+        <v>Grond</v>
       </c>
       <c r="D798" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E798" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F798" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G798" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>5268000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I798" s="1">
+        <v>2000</v>
       </c>
     </row>
     <row r="799">
       <c r="A799">
-        <v>701474</v>
+        <v>303459</v>
       </c>
       <c r="B799" t="str">
-        <v>B6.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C799" t="str">
-        <v>Financiële transacties</v>
+        <v>Grond</v>
       </c>
       <c r="D799" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E799" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F799" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G799" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>9094000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I799" s="1">
+        <v>2000</v>
       </c>
     </row>
     <row r="800">
       <c r="A800">
-        <v>701905</v>
+        <v>303528</v>
       </c>
       <c r="B800" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C800" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D800" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E800" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F800" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G800" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
+      </c>
+      <c r="I800" s="1">
+        <v>13986000</v>
       </c>
     </row>
     <row r="801">
       <c r="A801">
-        <v>701906</v>
+        <v>303529</v>
       </c>
       <c r="B801" t="str">
-        <v>Primo</v>
+        <v>L3.2</v>
       </c>
       <c r="C801" t="str">
-        <v>Primo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D801" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E801" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F801" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G801" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I801" s="1">
+        <v>1298000</v>
       </c>
     </row>
     <row r="802">
       <c r="A802">
-        <v>701977</v>
+        <v>303530</v>
       </c>
       <c r="B802" t="str">
-        <v>Ultimo</v>
+        <v>L3.2</v>
       </c>
       <c r="C802" t="str">
-        <v>Ultimo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D802" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E802" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F802" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G802" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I802" s="1">
+        <v>1947000</v>
       </c>
     </row>
     <row r="803">
       <c r="A803">
-        <v>701978</v>
+        <v>303531</v>
       </c>
       <c r="B803" t="str">
-        <v>Ultimo</v>
+        <v>L3.2</v>
       </c>
       <c r="C803" t="str">
-        <v>Ultimo</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D803" t="str">
-        <v>P29g</v>
+        <v>A123</v>
       </c>
       <c r="E803" t="str">
-        <v>Vooruit ontvangen bijdragen van o..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F803" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G803" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I803" s="1">
+        <v>2759000</v>
       </c>
     </row>
     <row r="804">
       <c r="A804">
-        <v>73056</v>
+        <v>30576</v>
       </c>
       <c r="B804" t="str">
-        <v>L1.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C804" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D804" t="str">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="E804" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Overhead</v>
       </c>
       <c r="F804" t="str">
         <v>2025X000</v>
       </c>
       <c r="G804" t="str">
         <v>Begroting</v>
       </c>
       <c r="I804" s="1">
-        <v>300000</v>
+        <v>13599000</v>
       </c>
     </row>
     <row r="805">
       <c r="A805">
-        <v>73057</v>
+        <v>30579</v>
       </c>
       <c r="B805" t="str">
-        <v>L1.1</v>
+        <v>L7.3</v>
       </c>
       <c r="C805" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D805" t="str">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="E805" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Overhead</v>
       </c>
       <c r="F805" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G805" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I805" s="1">
-        <v>474000</v>
+        <v>9543000</v>
       </c>
     </row>
     <row r="806">
       <c r="A806">
-        <v>73058</v>
+        <v>30648</v>
       </c>
       <c r="B806" t="str">
-        <v>L1.1</v>
+        <v>L7.4</v>
       </c>
       <c r="C806" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Toegerekende reële en bespaarde r..</v>
       </c>
       <c r="D806" t="str">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="E806" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Overhead</v>
       </c>
       <c r="F806" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G806" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I806" s="1">
-        <v>937000</v>
+        <v>355000</v>
       </c>
     </row>
     <row r="807">
       <c r="A807">
-        <v>73560</v>
+        <v>308568</v>
       </c>
       <c r="B807" t="str">
-        <v>L3.8</v>
+        <v>B7.3</v>
       </c>
       <c r="C807" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D807" t="str">
-        <v>1.5</v>
+        <v>A123</v>
       </c>
       <c r="E807" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F807" t="str">
         <v>2025X000</v>
       </c>
       <c r="G807" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I807" s="1">
-        <v>80000</v>
+      <c r="H807" s="1">
+        <v>6585000</v>
       </c>
     </row>
     <row r="808">
       <c r="A808">
-        <v>73561</v>
+        <v>308571</v>
       </c>
       <c r="B808" t="str">
-        <v>L3.8</v>
+        <v>B7.3</v>
       </c>
       <c r="C808" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D808" t="str">
-        <v>1.5</v>
+        <v>A123</v>
       </c>
       <c r="E808" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Bedrijfsgebouwen</v>
       </c>
       <c r="F808" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G808" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>7000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H808" s="1">
+        <v>5216000</v>
       </c>
     </row>
     <row r="809">
       <c r="A809">
-        <v>73562</v>
+        <v>308929</v>
       </c>
       <c r="B809" t="str">
-        <v>L3.8</v>
+        <v>L1.1</v>
       </c>
       <c r="C809" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D809" t="str">
-        <v>1.5</v>
+        <v>A124</v>
       </c>
       <c r="E809" t="str">
-        <v>Interbestuurlijk toezicht op de re..</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F809" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G809" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I809" s="1">
-        <v>7000</v>
+        <v>1492000</v>
       </c>
     </row>
     <row r="810">
       <c r="A810">
-        <v>78672</v>
+        <v>308930</v>
       </c>
       <c r="B810" t="str">
         <v>L1.1</v>
       </c>
       <c r="C810" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D810" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E810" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F810" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G810" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I810" s="1">
-        <v>220000</v>
+        <v>3024000</v>
       </c>
     </row>
     <row r="811">
       <c r="A811">
-        <v>78673</v>
+        <v>308931</v>
       </c>
       <c r="B811" t="str">
         <v>L1.1</v>
       </c>
       <c r="C811" t="str">
         <v>Salarissen en sociale lasten</v>
       </c>
       <c r="D811" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E811" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F811" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G811" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I811" s="1">
-        <v>474000</v>
+        <v>4583000</v>
       </c>
     </row>
     <row r="812">
       <c r="A812">
-        <v>78674</v>
+        <v>309073</v>
       </c>
       <c r="B812" t="str">
-        <v>L1.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C812" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Grond</v>
       </c>
       <c r="D812" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E812" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F812" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G812" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I812" s="1">
-        <v>937000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="813">
       <c r="A813">
-        <v>79176</v>
+        <v>309075</v>
       </c>
       <c r="B813" t="str">
-        <v>L3.8</v>
+        <v>L3.1</v>
       </c>
       <c r="C813" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Grond</v>
       </c>
       <c r="D813" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E813" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F813" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G813" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I813" s="1">
-        <v>141000</v>
+        <v>841000</v>
       </c>
     </row>
     <row r="814">
       <c r="A814">
-        <v>79177</v>
+        <v>309144</v>
       </c>
       <c r="B814" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C814" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D814" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E814" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F814" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G814" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I814" s="1">
-        <v>40000</v>
+        <v>238083000</v>
       </c>
     </row>
     <row r="815">
       <c r="A815">
-        <v>79178</v>
+        <v>309145</v>
       </c>
       <c r="B815" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C815" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D815" t="str">
-        <v>1.6</v>
+        <v>A124</v>
       </c>
       <c r="E815" t="str">
-        <v>Openbare orde en veiligheid</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F815" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G815" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I815" s="1">
-        <v>57000</v>
+        <v>36731000</v>
       </c>
     </row>
     <row r="816">
       <c r="A816">
-        <v>8330</v>
+        <v>309146</v>
       </c>
       <c r="B816" t="str">
-        <v>B2.2.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C816" t="str">
-        <v>Belastingen op producenten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D816" t="str">
-        <v>0.2</v>
+        <v>A124</v>
       </c>
       <c r="E816" t="str">
-        <v>Opbrengst provinciale belastingen</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F816" t="str">
         <v>2025X002</v>
       </c>
       <c r="G816" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H816" s="1">
-        <v>249000</v>
+      <c r="I816" s="1">
+        <v>74988000</v>
       </c>
     </row>
     <row r="817">
       <c r="A817">
-        <v>8400</v>
+        <v>309147</v>
       </c>
       <c r="B817" t="str">
-        <v>B2.2.2</v>
+        <v>L3.2</v>
       </c>
       <c r="C817" t="str">
-        <v>Belastingen op huishoudens</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D817" t="str">
-        <v>0.2</v>
+        <v>A124</v>
       </c>
       <c r="E817" t="str">
-        <v>Opbrengst provinciale belastingen</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F817" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G817" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>412779000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I817" s="1">
+        <v>104332000</v>
       </c>
     </row>
     <row r="818">
       <c r="A818">
-        <v>8401</v>
+        <v>31226</v>
       </c>
       <c r="B818" t="str">
-        <v>B2.2.2</v>
+        <v>B3.5.2</v>
       </c>
       <c r="C818" t="str">
-        <v>Belastingen op huishoudens</v>
+        <v>Uitgeleend personeel</v>
       </c>
       <c r="D818" t="str">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="E818" t="str">
-        <v>Opbrengst provinciale belastingen</v>
+        <v>Overhead</v>
       </c>
       <c r="F818" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G818" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="H818" s="1">
-        <v>74997000</v>
+        <v>272000</v>
       </c>
     </row>
     <row r="819">
       <c r="A819">
-        <v>8402</v>
+        <v>31227</v>
       </c>
       <c r="B819" t="str">
-        <v>B2.2.2</v>
+        <v>B3.5.2</v>
       </c>
       <c r="C819" t="str">
-        <v>Belastingen op huishoudens</v>
+        <v>Uitgeleend personeel</v>
       </c>
       <c r="D819" t="str">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="E819" t="str">
-        <v>Opbrengst provinciale belastingen</v>
+        <v>Overhead</v>
       </c>
       <c r="F819" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G819" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H819" s="1">
-        <v>195029000</v>
+        <v>519000</v>
       </c>
     </row>
     <row r="820">
       <c r="A820">
-        <v>84288</v>
+        <v>31296</v>
       </c>
       <c r="B820" t="str">
-        <v>L1.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C820" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Huren</v>
       </c>
       <c r="D820" t="str">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="E820" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Overhead</v>
       </c>
       <c r="F820" t="str">
         <v>2025X000</v>
       </c>
       <c r="G820" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I820" s="1">
-        <v>3799000</v>
+      <c r="H820" s="1">
+        <v>2247000</v>
       </c>
     </row>
     <row r="821">
       <c r="A821">
-        <v>84289</v>
+        <v>31297</v>
       </c>
       <c r="B821" t="str">
-        <v>L1.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C821" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Huren</v>
       </c>
       <c r="D821" t="str">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="E821" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Overhead</v>
       </c>
       <c r="F821" t="str">
         <v>2025X001</v>
       </c>
       <c r="G821" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="I821" s="1">
-        <v>248000</v>
+      <c r="H821" s="1">
+        <v>76000</v>
       </c>
     </row>
     <row r="822">
       <c r="A822">
-        <v>84290</v>
+        <v>31298</v>
       </c>
       <c r="B822" t="str">
-        <v>L1.1</v>
+        <v>B3.6</v>
       </c>
       <c r="C822" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Huren</v>
       </c>
       <c r="D822" t="str">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="E822" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Overhead</v>
       </c>
       <c r="F822" t="str">
         <v>2025X002</v>
       </c>
       <c r="G822" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I822" s="1">
-        <v>491000</v>
+      <c r="H822" s="1">
+        <v>1548000</v>
       </c>
     </row>
     <row r="823">
       <c r="A823">
-        <v>84792</v>
+        <v>31299</v>
       </c>
       <c r="B823" t="str">
-        <v>L3.8</v>
+        <v>B3.6</v>
       </c>
       <c r="C823" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Huren</v>
       </c>
       <c r="D823" t="str">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="E823" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Overhead</v>
       </c>
       <c r="F823" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G823" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>205000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H823" s="1">
+        <v>1561000</v>
       </c>
     </row>
     <row r="824">
       <c r="A824">
-        <v>84793</v>
+        <v>313104</v>
       </c>
       <c r="B824" t="str">
-        <v>L3.8</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C824" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D824" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E824" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F824" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G824" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>54000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H824" s="1">
+        <v>37313000</v>
       </c>
     </row>
     <row r="825">
       <c r="A825">
-        <v>84794</v>
+        <v>313105</v>
       </c>
       <c r="B825" t="str">
-        <v>L3.8</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C825" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D825" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E825" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F825" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G825" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>175000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H825" s="1">
+        <v>32000</v>
       </c>
     </row>
     <row r="826">
       <c r="A826">
-        <v>85008</v>
+        <v>313106</v>
       </c>
       <c r="B826" t="str">
-        <v>L4.3.1</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C826" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D826" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E826" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F826" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G826" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1504000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H826" s="1">
+        <v>1621000</v>
       </c>
     </row>
     <row r="827">
       <c r="A827">
-        <v>85009</v>
+        <v>313107</v>
       </c>
       <c r="B827" t="str">
-        <v>L4.3.1</v>
+        <v>B4.5.1</v>
       </c>
       <c r="C827" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - Rijk</v>
       </c>
       <c r="D827" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E827" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F827" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G827" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H827" s="1">
+        <v>1794000</v>
       </c>
     </row>
     <row r="828">
       <c r="A828">
-        <v>85010</v>
+        <v>313177</v>
       </c>
       <c r="B828" t="str">
-        <v>L4.3.1</v>
+        <v>B4.5.2</v>
       </c>
       <c r="C828" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Investeringsbijdragen - gemeenten</v>
       </c>
       <c r="D828" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E828" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F828" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G828" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H828" s="1">
+        <v>1159000</v>
       </c>
     </row>
     <row r="829">
       <c r="A829">
-        <v>85081</v>
+        <v>313251</v>
       </c>
       <c r="B829" t="str">
-        <v>L4.3.2</v>
+        <v>B4.5.3</v>
       </c>
       <c r="C829" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Investeringsbijdragen - gemeens..</v>
       </c>
       <c r="D829" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E829" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F829" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G829" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H829" s="1">
+        <v>1633000</v>
       </c>
     </row>
     <row r="830">
       <c r="A830">
-        <v>85082</v>
+        <v>313321</v>
       </c>
       <c r="B830" t="str">
-        <v>L4.3.2</v>
+        <v>B4.5.4</v>
       </c>
       <c r="C830" t="str">
-        <v>Inkomensoverdrachten - gemeenten</v>
+        <v>Investeringsbijdragen - provinc..</v>
       </c>
       <c r="D830" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E830" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F830" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G830" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H830" s="1">
+        <v>3925000</v>
       </c>
     </row>
     <row r="831">
       <c r="A831">
-        <v>85369</v>
+        <v>313394</v>
       </c>
       <c r="B831" t="str">
-        <v>L4.3.6</v>
+        <v>B4.5.5</v>
       </c>
       <c r="C831" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D831" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E831" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F831" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G831" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>59000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H831" s="1">
+        <v>234000</v>
       </c>
     </row>
     <row r="832">
       <c r="A832">
-        <v>85370</v>
+        <v>313395</v>
       </c>
       <c r="B832" t="str">
-        <v>L4.3.6</v>
+        <v>B4.5.5</v>
       </c>
       <c r="C832" t="str">
-        <v>Inkomensoverdrachten - ov overh..</v>
+        <v>Investeringsbijdragen - watersc..</v>
       </c>
       <c r="D832" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E832" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F832" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G832" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>80000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H832" s="1">
+        <v>1352000</v>
       </c>
     </row>
     <row r="833">
       <c r="A833">
-        <v>85513</v>
+        <v>313609</v>
       </c>
       <c r="B833" t="str">
-        <v>L4.3.8</v>
+        <v>B4.5.8</v>
       </c>
       <c r="C833" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D833" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E833" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F833" t="str">
         <v>2025X001</v>
       </c>
       <c r="G833" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="I833" s="1">
-        <v>3000</v>
+      <c r="H833" s="1">
+        <v>895000</v>
       </c>
     </row>
     <row r="834">
       <c r="A834">
-        <v>85514</v>
+        <v>313610</v>
       </c>
       <c r="B834" t="str">
-        <v>L4.3.8</v>
+        <v>B4.5.8</v>
       </c>
       <c r="C834" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D834" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E834" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F834" t="str">
         <v>2025X002</v>
       </c>
       <c r="G834" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I834" s="1">
-        <v>62000</v>
+      <c r="H834" s="1">
+        <v>895000</v>
       </c>
     </row>
     <row r="835">
       <c r="A835">
-        <v>86232</v>
+        <v>313611</v>
       </c>
       <c r="B835" t="str">
-        <v>L4.5.8</v>
+        <v>B4.5.8</v>
       </c>
       <c r="C835" t="str">
         <v>Investeringsbijdragen - ov inst..</v>
       </c>
       <c r="D835" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E835" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F835" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G835" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>513000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H835" s="1">
+        <v>1185000</v>
       </c>
     </row>
     <row r="836">
       <c r="A836">
-        <v>86736</v>
+        <v>314184</v>
       </c>
       <c r="B836" t="str">
-        <v>L7.3</v>
+        <v>B7.3</v>
       </c>
       <c r="C836" t="str">
         <v>Afschrijvingen</v>
       </c>
       <c r="D836" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E836" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F836" t="str">
         <v>2025X000</v>
       </c>
       <c r="G836" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I836" s="1">
-        <v>1000</v>
+      <c r="H836" s="1">
+        <v>53870000</v>
       </c>
     </row>
     <row r="837">
       <c r="A837">
-        <v>87744</v>
+        <v>314187</v>
       </c>
       <c r="B837" t="str">
-        <v>B4.3.1</v>
+        <v>B7.3</v>
       </c>
       <c r="C837" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D837" t="str">
-        <v>1.9</v>
+        <v>A124</v>
       </c>
       <c r="E837" t="str">
-        <v>Bestuur, overige baten en lasten</v>
+        <v>Grond-, weg- en waterbouwkundige ..</v>
       </c>
       <c r="F837" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G837" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H837" s="1">
-        <v>135000</v>
+        <v>38547000</v>
       </c>
     </row>
     <row r="838">
       <c r="A838">
-        <v>8904</v>
+        <v>31440</v>
       </c>
       <c r="B838" t="str">
-        <v>B3.7</v>
+        <v>B3.8</v>
       </c>
       <c r="C838" t="str">
-        <v>Leges en andere rechten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D838" t="str">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="E838" t="str">
-        <v>Opbrengst provinciale belastingen</v>
+        <v>Overhead</v>
       </c>
       <c r="F838" t="str">
         <v>2025X000</v>
       </c>
       <c r="G838" t="str">
         <v>Begroting</v>
       </c>
       <c r="H838" s="1">
-        <v>1080000</v>
+        <v>580000</v>
       </c>
     </row>
     <row r="839">
       <c r="A839">
-        <v>89904</v>
+        <v>31441</v>
       </c>
       <c r="B839" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C839" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D839" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E839" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F839" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G839" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>18427000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H839" s="1">
+        <v>447000</v>
       </c>
     </row>
     <row r="840">
       <c r="A840">
-        <v>89905</v>
+        <v>31442</v>
       </c>
       <c r="B840" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C840" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D840" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E840" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F840" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G840" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>5768000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H840" s="1">
+        <v>1387000</v>
       </c>
     </row>
     <row r="841">
       <c r="A841">
-        <v>89906</v>
+        <v>31443</v>
       </c>
       <c r="B841" t="str">
-        <v>L1.1</v>
+        <v>B3.8</v>
       </c>
       <c r="C841" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Overige goederen en diensten</v>
       </c>
       <c r="D841" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E841" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F841" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G841" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>11371000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H841" s="1">
+        <v>2116000</v>
       </c>
     </row>
     <row r="842">
       <c r="A842">
-        <v>90120</v>
+        <v>314763</v>
       </c>
       <c r="B842" t="str">
         <v>L3.2</v>
       </c>
       <c r="C842" t="str">
         <v>Duurzame goederen</v>
       </c>
       <c r="D842" t="str">
-        <v>2.1</v>
+        <v>A125</v>
       </c>
       <c r="E842" t="str">
-        <v>Landwegen</v>
+        <v>Vervoermiddelen</v>
       </c>
       <c r="F842" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G842" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I842" s="1">
-        <v>45666000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="843">
       <c r="A843">
-        <v>90121</v>
+        <v>31657</v>
       </c>
       <c r="B843" t="str">
-        <v>L3.2</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C843" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D843" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E843" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F843" t="str">
         <v>2025X001</v>
       </c>
       <c r="G843" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="I843" s="1">
-        <v>1307000</v>
+      <c r="H843" s="1">
+        <v>39000</v>
       </c>
     </row>
     <row r="844">
       <c r="A844">
-        <v>90122</v>
+        <v>31658</v>
       </c>
       <c r="B844" t="str">
-        <v>L3.2</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C844" t="str">
-        <v>Duurzame goederen</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D844" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E844" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F844" t="str">
         <v>2025X002</v>
       </c>
       <c r="G844" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="I844" s="1">
-        <v>2357000</v>
+      <c r="H844" s="1">
+        <v>76000</v>
       </c>
     </row>
     <row r="845">
       <c r="A845">
-        <v>90336</v>
+        <v>31659</v>
       </c>
       <c r="B845" t="str">
-        <v>L3.5.1</v>
+        <v>B4.3.2</v>
       </c>
       <c r="C845" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Inkomensoverdrachten - gemeenten</v>
       </c>
       <c r="D845" t="str">
-        <v>2.1</v>
+        <v>0.6</v>
       </c>
       <c r="E845" t="str">
-        <v>Landwegen</v>
+        <v>Overhead</v>
       </c>
       <c r="F845" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G845" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>150000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H845" s="1">
+        <v>112000</v>
       </c>
     </row>
     <row r="846">
       <c r="A846">
-        <v>90338</v>
+        <v>319800</v>
       </c>
       <c r="B846" t="str">
-        <v>L3.5.1</v>
+        <v>B7.3</v>
       </c>
       <c r="C846" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D846" t="str">
-        <v>2.1</v>
+        <v>A125</v>
       </c>
       <c r="E846" t="str">
-        <v>Landwegen</v>
+        <v>Vervoermiddelen</v>
       </c>
       <c r="F846" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G846" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H846" s="1">
+        <v>56000</v>
       </c>
     </row>
     <row r="847">
       <c r="A847">
-        <v>90408</v>
+        <v>319803</v>
       </c>
       <c r="B847" t="str">
-        <v>L3.8</v>
+        <v>B7.3</v>
       </c>
       <c r="C847" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D847" t="str">
-        <v>2.1</v>
+        <v>A125</v>
       </c>
       <c r="E847" t="str">
-        <v>Landwegen</v>
+        <v>Vervoermiddelen</v>
       </c>
       <c r="F847" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G847" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>36940000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H847" s="1">
+        <v>42000</v>
       </c>
     </row>
     <row r="848">
       <c r="A848">
-        <v>90409</v>
+        <v>320376</v>
       </c>
       <c r="B848" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C848" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D848" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E848" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F848" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G848" t="str">
-        <v>1e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I848" s="1">
-        <v>5809000</v>
+        <v>3073000</v>
       </c>
     </row>
     <row r="849">
       <c r="A849">
-        <v>90410</v>
+        <v>320377</v>
       </c>
       <c r="B849" t="str">
-        <v>L3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C849" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D849" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E849" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F849" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G849" t="str">
-        <v>2e kwartaal</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I849" s="1">
-        <v>11276000</v>
+        <v>48000</v>
       </c>
     </row>
     <row r="850">
       <c r="A850">
-        <v>90624</v>
+        <v>320378</v>
       </c>
       <c r="B850" t="str">
-        <v>L4.3.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C850" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D850" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E850" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F850" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G850" t="str">
-        <v>Begroting</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I850" s="1">
-        <v>6233000</v>
+        <v>48000</v>
       </c>
     </row>
     <row r="851">
       <c r="A851">
-        <v>91128</v>
+        <v>320379</v>
       </c>
       <c r="B851" t="str">
-        <v>L4.3.8</v>
+        <v>L3.2</v>
       </c>
       <c r="C851" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D851" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E851" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F851" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G851" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I851" s="1">
-        <v>123000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="852">
       <c r="A852">
-        <v>91129</v>
+        <v>325416</v>
       </c>
       <c r="B852" t="str">
-        <v>L4.3.8</v>
+        <v>B7.3</v>
       </c>
       <c r="C852" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D852" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E852" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F852" t="str">
-        <v>2025X001</v>
+        <v>2025X000</v>
       </c>
       <c r="G852" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H852" s="1">
+        <v>589000</v>
       </c>
     </row>
     <row r="853">
       <c r="A853">
-        <v>91130</v>
+        <v>325419</v>
       </c>
       <c r="B853" t="str">
-        <v>L4.3.8</v>
+        <v>B7.3</v>
       </c>
       <c r="C853" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D853" t="str">
-        <v>2.1</v>
+        <v>A126</v>
       </c>
       <c r="E853" t="str">
-        <v>Landwegen</v>
+        <v>Machines, apparaten en installaties</v>
       </c>
       <c r="F853" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G853" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H853" s="1">
+        <v>447000</v>
       </c>
     </row>
     <row r="854">
       <c r="A854">
-        <v>91344</v>
+        <v>325992</v>
       </c>
       <c r="B854" t="str">
-        <v>L4.5.1</v>
+        <v>L3.2</v>
       </c>
       <c r="C854" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D854" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E854" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F854" t="str">
         <v>2025X000</v>
       </c>
       <c r="G854" t="str">
         <v>Begroting</v>
       </c>
       <c r="I854" s="1">
-        <v>600000</v>
+        <v>7083000</v>
       </c>
     </row>
     <row r="855">
       <c r="A855">
-        <v>91417</v>
+        <v>325993</v>
       </c>
       <c r="B855" t="str">
-        <v>L4.5.2</v>
+        <v>L3.2</v>
       </c>
       <c r="C855" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D855" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E855" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F855" t="str">
         <v>2025X001</v>
       </c>
       <c r="G855" t="str">
         <v>1e kwartaal</v>
       </c>
       <c r="I855" s="1">
-        <v>4688000</v>
+        <v>1115000</v>
       </c>
     </row>
     <row r="856">
       <c r="A856">
-        <v>91418</v>
+        <v>325994</v>
       </c>
       <c r="B856" t="str">
-        <v>L4.5.2</v>
+        <v>L3.2</v>
       </c>
       <c r="C856" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D856" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E856" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F856" t="str">
         <v>2025X002</v>
       </c>
       <c r="G856" t="str">
         <v>2e kwartaal</v>
       </c>
       <c r="I856" s="1">
-        <v>4656000</v>
+        <v>3191000</v>
       </c>
     </row>
     <row r="857">
       <c r="A857">
-        <v>91633</v>
+        <v>325995</v>
       </c>
       <c r="B857" t="str">
-        <v>L4.5.5</v>
+        <v>L3.2</v>
       </c>
       <c r="C857" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Duurzame goederen</v>
       </c>
       <c r="D857" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E857" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F857" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G857" t="str">
-        <v>1e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I857" s="1">
-        <v>100000</v>
+        <v>4867000</v>
       </c>
     </row>
     <row r="858">
       <c r="A858">
-        <v>91634</v>
+        <v>331032</v>
       </c>
       <c r="B858" t="str">
-        <v>L4.5.5</v>
+        <v>B7.3</v>
       </c>
       <c r="C858" t="str">
-        <v>Investeringsbijdragen - watersc..</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D858" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E858" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F858" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G858" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>216000</v>
+        <v>Begroting</v>
+      </c>
+      <c r="H858" s="1">
+        <v>6754000</v>
       </c>
     </row>
     <row r="859">
       <c r="A859">
-        <v>92282</v>
+        <v>331035</v>
       </c>
       <c r="B859" t="str">
-        <v>L7.2</v>
+        <v>B7.3</v>
       </c>
       <c r="C859" t="str">
-        <v>Mutatie voorzieningen</v>
+        <v>Afschrijvingen</v>
       </c>
       <c r="D859" t="str">
-        <v>2.1</v>
+        <v>A129</v>
       </c>
       <c r="E859" t="str">
-        <v>Landwegen</v>
+        <v>Overig</v>
       </c>
       <c r="F859" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G859" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>143760000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H859" s="1">
+        <v>4428000</v>
       </c>
     </row>
     <row r="860">
       <c r="A860">
-        <v>92352</v>
+        <v>333624</v>
       </c>
       <c r="B860" t="str">
-        <v>L7.3</v>
+        <v>L6.1</v>
       </c>
       <c r="C860" t="str">
-        <v>Afschrijvingen</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D860" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E860" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F860" t="str">
         <v>2025X000</v>
       </c>
       <c r="G860" t="str">
         <v>Begroting</v>
       </c>
       <c r="I860" s="1">
-        <v>49783000</v>
+        <v>2175000</v>
       </c>
     </row>
     <row r="861">
       <c r="A861">
-        <v>92424</v>
+        <v>333625</v>
       </c>
       <c r="B861" t="str">
-        <v>L7.4</v>
+        <v>L6.1</v>
       </c>
       <c r="C861" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D861" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E861" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F861" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G861" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I861" s="1">
-        <v>1994000</v>
+        <v>1572000</v>
       </c>
     </row>
     <row r="862">
       <c r="A862">
-        <v>93216</v>
+        <v>333626</v>
       </c>
       <c r="B862" t="str">
-        <v>B3.8</v>
+        <v>L6.1</v>
       </c>
       <c r="C862" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D862" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E862" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F862" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G862" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>125000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I862" s="1">
+        <v>1572000</v>
       </c>
     </row>
     <row r="863">
       <c r="A863">
-        <v>93217</v>
+        <v>333627</v>
       </c>
       <c r="B863" t="str">
-        <v>B3.8</v>
+        <v>L6.1</v>
       </c>
       <c r="C863" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D863" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E863" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F863" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G863" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>41000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I863" s="1">
+        <v>1572000</v>
       </c>
     </row>
     <row r="864">
       <c r="A864">
-        <v>93218</v>
+        <v>336865</v>
       </c>
       <c r="B864" t="str">
-        <v>B3.8</v>
+        <v>Primo</v>
       </c>
       <c r="C864" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Primo</v>
       </c>
       <c r="D864" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E864" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F864" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G864" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>149000</v>
+        <v>1e kwartaal</v>
       </c>
     </row>
     <row r="865">
       <c r="A865">
-        <v>93360</v>
+        <v>336866</v>
       </c>
       <c r="B865" t="str">
-        <v>B4.3.1</v>
+        <v>Primo</v>
       </c>
       <c r="C865" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Primo</v>
       </c>
       <c r="D865" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E865" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F865" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G865" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>592000</v>
+        <v>2e kwartaal</v>
       </c>
     </row>
     <row r="866">
       <c r="A866">
-        <v>94080</v>
+        <v>336867</v>
       </c>
       <c r="B866" t="str">
-        <v>B4.5.1</v>
+        <v>Primo</v>
       </c>
       <c r="C866" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Primo</v>
       </c>
       <c r="D866" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E866" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F866" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G866" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>63000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="867">
       <c r="A867">
-        <v>94154</v>
+        <v>336937</v>
       </c>
       <c r="B867" t="str">
-        <v>B4.5.2</v>
+        <v>Ultimo</v>
       </c>
       <c r="C867" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D867" t="str">
-        <v>2.1</v>
+        <v>A1311</v>
       </c>
       <c r="E867" t="str">
-        <v>Landwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F867" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G867" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>22000</v>
+        <v>1e kwartaal</v>
       </c>
     </row>
     <row r="868">
       <c r="A868">
-        <v>95520</v>
+        <v>336938</v>
       </c>
       <c r="B868" t="str">
-        <v>L1.1</v>
+        <v>Ultimo</v>
       </c>
       <c r="C868" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D868" t="str">
-        <v>2.2</v>
+        <v>A1311</v>
       </c>
       <c r="E868" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F868" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G868" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>9033000</v>
+        <v>2e kwartaal</v>
       </c>
     </row>
     <row r="869">
       <c r="A869">
-        <v>95521</v>
+        <v>336939</v>
       </c>
       <c r="B869" t="str">
-        <v>L1.1</v>
+        <v>Ultimo</v>
       </c>
       <c r="C869" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D869" t="str">
-        <v>2.2</v>
+        <v>A1311</v>
       </c>
       <c r="E869" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan deelnem..</v>
       </c>
       <c r="F869" t="str">
-        <v>2025X001</v>
+        <v>2025X003</v>
       </c>
       <c r="G869" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>2018000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="870">
       <c r="A870">
-        <v>95522</v>
+        <v>33816</v>
       </c>
       <c r="B870" t="str">
-        <v>L1.1</v>
+        <v>L2.1</v>
       </c>
       <c r="C870" t="str">
-        <v>Salarissen en sociale lasten</v>
+        <v>Belastingen</v>
       </c>
       <c r="D870" t="str">
-        <v>2.2</v>
+        <v>0.7</v>
       </c>
       <c r="E870" t="str">
-        <v>Waterwegen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="F870" t="str">
-        <v>2025X002</v>
+        <v>2025X000</v>
       </c>
       <c r="G870" t="str">
-        <v>2e kwartaal</v>
+        <v>Begroting</v>
       </c>
       <c r="I870" s="1">
-        <v>3987000</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="871">
       <c r="A871">
-        <v>95736</v>
+        <v>33817</v>
       </c>
       <c r="B871" t="str">
-        <v>L3.2</v>
+        <v>L2.1</v>
       </c>
       <c r="C871" t="str">
-        <v>Duurzame goederen</v>
+        <v>Belastingen</v>
       </c>
       <c r="D871" t="str">
-        <v>2.2</v>
+        <v>0.7</v>
       </c>
       <c r="E871" t="str">
-        <v>Waterwegen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="F871" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G871" t="str">
-        <v>Begroting</v>
+        <v>1e kwartaal</v>
       </c>
       <c r="I871" s="1">
-        <v>43011000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="872">
       <c r="A872">
-        <v>95737</v>
+        <v>33818</v>
       </c>
       <c r="B872" t="str">
-        <v>L3.2</v>
+        <v>L2.1</v>
       </c>
       <c r="C872" t="str">
-        <v>Duurzame goederen</v>
+        <v>Belastingen</v>
       </c>
       <c r="D872" t="str">
-        <v>2.2</v>
+        <v>0.7</v>
       </c>
       <c r="E872" t="str">
-        <v>Waterwegen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="F872" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G872" t="str">
-        <v>1e kwartaal</v>
+        <v>2e kwartaal</v>
       </c>
       <c r="I872" s="1">
-        <v>281000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="873">
       <c r="A873">
-        <v>95738</v>
+        <v>33819</v>
       </c>
       <c r="B873" t="str">
-        <v>L3.2</v>
+        <v>L2.1</v>
       </c>
       <c r="C873" t="str">
-        <v>Duurzame goederen</v>
+        <v>Belastingen</v>
       </c>
       <c r="D873" t="str">
-        <v>2.2</v>
+        <v>0.7</v>
       </c>
       <c r="E873" t="str">
-        <v>Waterwegen</v>
+        <v>Vennootschapsbelasting</v>
       </c>
       <c r="F873" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G873" t="str">
-        <v>2e kwartaal</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="I873" s="1">
-        <v>3686000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="874">
       <c r="A874">
-        <v>95952</v>
+        <v>348097</v>
       </c>
       <c r="B874" t="str">
-        <v>L3.5.1</v>
+        <v>Primo</v>
       </c>
       <c r="C874" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Primo</v>
       </c>
       <c r="D874" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E874" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F874" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G874" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1200000</v>
+        <v>1e kwartaal</v>
       </c>
     </row>
     <row r="875">
       <c r="A875">
-        <v>95953</v>
+        <v>348098</v>
       </c>
       <c r="B875" t="str">
-        <v>L3.5.1</v>
+        <v>Primo</v>
       </c>
       <c r="C875" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Primo</v>
       </c>
       <c r="D875" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E875" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F875" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G875" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>2e kwartaal</v>
       </c>
     </row>
     <row r="876">
       <c r="A876">
-        <v>95954</v>
+        <v>348099</v>
       </c>
       <c r="B876" t="str">
-        <v>L3.5.1</v>
+        <v>Primo</v>
       </c>
       <c r="C876" t="str">
-        <v>Ingeleend personeel</v>
+        <v>Primo</v>
       </c>
       <c r="D876" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E876" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F876" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G876" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>424000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="877">
       <c r="A877">
-        <v>96024</v>
+        <v>348169</v>
       </c>
       <c r="B877" t="str">
-        <v>L3.8</v>
+        <v>Ultimo</v>
       </c>
       <c r="C877" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D877" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E877" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F877" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G877" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>12455000</v>
+        <v>1e kwartaal</v>
       </c>
     </row>
     <row r="878">
       <c r="A878">
-        <v>96025</v>
+        <v>348170</v>
       </c>
       <c r="B878" t="str">
-        <v>L3.8</v>
+        <v>Ultimo</v>
       </c>
       <c r="C878" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D878" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E878" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F878" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G878" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>930000</v>
+        <v>2e kwartaal</v>
       </c>
     </row>
     <row r="879">
       <c r="A879">
-        <v>96026</v>
+        <v>348171</v>
       </c>
       <c r="B879" t="str">
-        <v>L3.8</v>
+        <v>Ultimo</v>
       </c>
       <c r="C879" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Ultimo</v>
       </c>
       <c r="D879" t="str">
-        <v>2.2</v>
+        <v>A1313</v>
       </c>
       <c r="E879" t="str">
-        <v>Waterwegen</v>
+        <v>Kapitaalverstrekking aan overige..</v>
       </c>
       <c r="F879" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G879" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>2472000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="880">
       <c r="A880">
-        <v>96240</v>
+        <v>3504</v>
       </c>
       <c r="B880" t="str">
-        <v>L4.3.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C880" t="str">
         <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D880" t="str">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
       <c r="E880" t="str">
-        <v>Waterwegen</v>
+        <v>Uitkering provinciefonds</v>
       </c>
       <c r="F880" t="str">
         <v>2025X000</v>
       </c>
       <c r="G880" t="str">
         <v>Begroting</v>
       </c>
-      <c r="I880" s="1">
-        <v>3000</v>
+      <c r="H880" s="1">
+        <v>394333000</v>
       </c>
     </row>
     <row r="881">
       <c r="A881">
-        <v>96744</v>
+        <v>3505</v>
       </c>
       <c r="B881" t="str">
-        <v>L4.3.8</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C881" t="str">
-        <v>Inkomensoverdrachten - overige ..</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D881" t="str">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
       <c r="E881" t="str">
-        <v>Waterwegen</v>
+        <v>Uitkering provinciefonds</v>
       </c>
       <c r="F881" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G881" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H881" s="1">
+        <v>108043000</v>
       </c>
     </row>
     <row r="882">
       <c r="A882">
-        <v>96960</v>
+        <v>3506</v>
       </c>
       <c r="B882" t="str">
-        <v>L4.5.1</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C882" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D882" t="str">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
       <c r="E882" t="str">
-        <v>Waterwegen</v>
+        <v>Uitkering provinciefonds</v>
       </c>
       <c r="F882" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G882" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>50000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H882" s="1">
+        <v>216086000</v>
       </c>
     </row>
     <row r="883">
       <c r="A883">
-        <v>97898</v>
+        <v>3507</v>
       </c>
       <c r="B883" t="str">
-        <v>L7.2</v>
+        <v>B4.3.1</v>
       </c>
       <c r="C883" t="str">
-        <v>Mutatie voorzieningen</v>
+        <v>Inkomensoverdrachten - Rijk</v>
       </c>
       <c r="D883" t="str">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
       <c r="E883" t="str">
-        <v>Waterwegen</v>
+        <v>Uitkering provinciefonds</v>
       </c>
       <c r="F883" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G883" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>72045000</v>
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H883" s="1">
+        <v>338984000</v>
       </c>
     </row>
     <row r="884">
       <c r="A884">
-        <v>97968</v>
+        <v>370129</v>
       </c>
       <c r="B884" t="str">
-        <v>L7.3</v>
+        <v>B6.1</v>
       </c>
       <c r="C884" t="str">
-        <v>Afschrijvingen</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D884" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E884" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F884" t="str">
-        <v>2025X000</v>
+        <v>2025X001</v>
       </c>
       <c r="G884" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>12543000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H884" s="1">
+        <v>13000</v>
       </c>
     </row>
     <row r="885">
       <c r="A885">
-        <v>98040</v>
+        <v>370130</v>
       </c>
       <c r="B885" t="str">
-        <v>L7.4</v>
+        <v>B6.1</v>
       </c>
       <c r="C885" t="str">
-        <v>Toegerekende reële en bespaarde r..</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D885" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E885" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F885" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G885" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>1018000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H885" s="1">
+        <v>23000</v>
       </c>
     </row>
     <row r="886">
       <c r="A886">
-        <v>98832</v>
+        <v>370131</v>
       </c>
       <c r="B886" t="str">
-        <v>B3.8</v>
+        <v>B6.1</v>
       </c>
       <c r="C886" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Financiële transacties</v>
       </c>
       <c r="D886" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E886" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F886" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G886" t="str">
-        <v>Begroting</v>
+        <v>3e kwartaal</v>
       </c>
       <c r="H886" s="1">
-        <v>10000</v>
+        <v>32000</v>
       </c>
     </row>
     <row r="887">
       <c r="A887">
-        <v>98833</v>
+        <v>370561</v>
       </c>
       <c r="B887" t="str">
-        <v>B3.8</v>
+        <v>Primo</v>
       </c>
       <c r="C887" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Primo</v>
       </c>
       <c r="D887" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E887" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F887" t="str">
         <v>2025X001</v>
       </c>
       <c r="G887" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H887" s="1">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="888">
       <c r="A888">
-        <v>98834</v>
+        <v>370562</v>
       </c>
       <c r="B888" t="str">
-        <v>B3.8</v>
+        <v>Primo</v>
       </c>
       <c r="C888" t="str">
-        <v>Overige goederen en diensten</v>
+        <v>Primo</v>
       </c>
       <c r="D888" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E888" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F888" t="str">
         <v>2025X002</v>
       </c>
       <c r="G888" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H888" s="1">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="889">
       <c r="A889">
-        <v>98976</v>
+        <v>370563</v>
       </c>
       <c r="B889" t="str">
-        <v>B4.3.1</v>
+        <v>Primo</v>
       </c>
       <c r="C889" t="str">
-        <v>Inkomensoverdrachten - Rijk</v>
+        <v>Primo</v>
       </c>
       <c r="D889" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E889" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F889" t="str">
-        <v>2025X000</v>
+        <v>2025X003</v>
       </c>
       <c r="G889" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>5547000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="890">
       <c r="A890">
-        <v>99193</v>
+        <v>370633</v>
       </c>
       <c r="B890" t="str">
-        <v>B4.3.4</v>
+        <v>Ultimo</v>
       </c>
       <c r="C890" t="str">
-        <v>Inkomensoverdrachten - provincies</v>
+        <v>Ultimo</v>
       </c>
       <c r="D890" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E890" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F890" t="str">
         <v>2025X001</v>
       </c>
       <c r="G890" t="str">
         <v>1e kwartaal</v>
       </c>
-      <c r="H890" s="1">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="891">
       <c r="A891">
-        <v>99265</v>
+        <v>370634</v>
       </c>
       <c r="B891" t="str">
-        <v>B4.3.5</v>
+        <v>Ultimo</v>
       </c>
       <c r="C891" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Ultimo</v>
       </c>
       <c r="D891" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E891" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F891" t="str">
-        <v>2025X001</v>
+        <v>2025X002</v>
       </c>
       <c r="G891" t="str">
-        <v>1e kwartaal</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>2e kwartaal</v>
       </c>
     </row>
     <row r="892">
       <c r="A892">
-        <v>99266</v>
+        <v>370635</v>
       </c>
       <c r="B892" t="str">
-        <v>B4.3.5</v>
+        <v>Ultimo</v>
       </c>
       <c r="C892" t="str">
-        <v>Inkomensoverdrachten - watersch..</v>
+        <v>Ultimo</v>
       </c>
       <c r="D892" t="str">
-        <v>2.2</v>
+        <v>A1331b</v>
       </c>
       <c r="E892" t="str">
-        <v>Waterwegen</v>
+        <v>Overige langlopende leningen</v>
       </c>
       <c r="F892" t="str">
-        <v>2025X002</v>
+        <v>2025X003</v>
       </c>
       <c r="G892" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>3e kwartaal</v>
       </c>
     </row>
     <row r="893">
       <c r="A893">
-        <v>99696</v>
+        <v>404546</v>
       </c>
       <c r="B893" t="str">
-        <v>B4.5.1</v>
+        <v>L3.1</v>
       </c>
       <c r="C893" t="str">
-        <v>Investeringsbijdragen - Rijk</v>
+        <v>Grond</v>
       </c>
       <c r="D893" t="str">
-        <v>2.2</v>
+        <v>A212</v>
       </c>
       <c r="E893" t="str">
-        <v>Waterwegen</v>
+        <v>Overige grond- en hulpstoffen</v>
       </c>
       <c r="F893" t="str">
-        <v>2025X000</v>
+        <v>2025X002</v>
       </c>
       <c r="G893" t="str">
-        <v>Begroting</v>
-[...2 lines deleted...]
-        <v>7502000</v>
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I893" s="1">
+        <v>4316000</v>
       </c>
     </row>
     <row r="894">
       <c r="A894">
-        <v>99770</v>
+        <v>410161</v>
       </c>
       <c r="B894" t="str">
-        <v>B4.5.2</v>
+        <v>L3.1</v>
       </c>
       <c r="C894" t="str">
-        <v>Investeringsbijdragen - gemeenten</v>
+        <v>Grond</v>
       </c>
       <c r="D894" t="str">
-        <v>2.2</v>
+        <v>A213</v>
       </c>
       <c r="E894" t="str">
-        <v>Waterwegen</v>
+        <v>Onderhanden werk (incl. bouwgrond..</v>
       </c>
       <c r="F894" t="str">
-        <v>2025X002</v>
+        <v>2025X001</v>
       </c>
       <c r="G894" t="str">
-        <v>2e kwartaal</v>
-[...2 lines deleted...]
-        <v>1137000</v>
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I894" s="1">
+        <v>2185000</v>
       </c>
     </row>
     <row r="895">
       <c r="A895">
+        <v>410163</v>
+      </c>
+      <c r="B895" t="str">
+        <v>L3.1</v>
+      </c>
+      <c r="C895" t="str">
+        <v>Grond</v>
+      </c>
+      <c r="D895" t="str">
+        <v>A213</v>
+      </c>
+      <c r="E895" t="str">
+        <v>Onderhanden werk (incl. bouwgrond..</v>
+      </c>
+      <c r="F895" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G895" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I895" s="1">
+        <v>4616000</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896">
+        <v>41664</v>
+      </c>
+      <c r="B896" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C896" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D896" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E896" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F896" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G896" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I896" s="1">
+        <v>73311000</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897">
+        <v>41666</v>
+      </c>
+      <c r="B897" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C897" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D897" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E897" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F897" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G897" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I897" s="1">
+        <v>5500000</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898">
+        <v>41667</v>
+      </c>
+      <c r="B898" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C898" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D898" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E898" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F898" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G898" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I898" s="1">
+        <v>5500000</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899">
+        <v>429097</v>
+      </c>
+      <c r="B899" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C899" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D899" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E899" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F899" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G899" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I899" s="1">
+        <v>1186000</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900">
+        <v>429098</v>
+      </c>
+      <c r="B900" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C900" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D900" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E900" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F900" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G900" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I900" s="1">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901">
+        <v>429099</v>
+      </c>
+      <c r="B901" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C901" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D901" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E901" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F901" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G901" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I901" s="1">
+        <v>3554000</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902">
+        <v>431905</v>
+      </c>
+      <c r="B902" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C902" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D902" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E902" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F902" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G902" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H902" s="1">
+        <v>5189000</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903">
+        <v>431906</v>
+      </c>
+      <c r="B903" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C903" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D903" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E903" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F903" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G903" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H903" s="1">
+        <v>5100000</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904">
+        <v>431907</v>
+      </c>
+      <c r="B904" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C904" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D904" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E904" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F904" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G904" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H904" s="1">
+        <v>4927000</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905">
+        <v>432337</v>
+      </c>
+      <c r="B905" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C905" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D905" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E905" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F905" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G905" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906">
+        <v>432338</v>
+      </c>
+      <c r="B906" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C906" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D906" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E906" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F906" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G906" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907">
+        <v>432339</v>
+      </c>
+      <c r="B907" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C907" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D907" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E907" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F907" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G907" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908">
+        <v>432409</v>
+      </c>
+      <c r="B908" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C908" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D908" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E908" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F908" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G908" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909">
+        <v>432410</v>
+      </c>
+      <c r="B909" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C909" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D909" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E909" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F909" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G909" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910">
+        <v>432411</v>
+      </c>
+      <c r="B910" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C910" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D910" t="str">
+        <v>A221a</v>
+      </c>
+      <c r="E910" t="str">
+        <v>Vorderingen op gemeenten</v>
+      </c>
+      <c r="F910" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G910" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911">
+        <v>434713</v>
+      </c>
+      <c r="B911" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C911" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D911" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E911" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F911" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G911" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I911" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912">
+        <v>434714</v>
+      </c>
+      <c r="B912" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C912" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D912" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E912" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F912" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G912" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I912" s="1">
+        <v>264000</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913">
+        <v>434715</v>
+      </c>
+      <c r="B913" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C913" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D913" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E913" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F913" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G913" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I913" s="1">
+        <v>2644000</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914">
+        <v>437521</v>
+      </c>
+      <c r="B914" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C914" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D914" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E914" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F914" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G914" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H914" s="1">
+        <v>62000</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915">
+        <v>437522</v>
+      </c>
+      <c r="B915" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C915" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D915" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E915" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F915" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G915" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H915" s="1">
+        <v>210000</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916">
+        <v>437523</v>
+      </c>
+      <c r="B916" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C916" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D916" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E916" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F916" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G916" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H916" s="1">
+        <v>153000</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917">
+        <v>437953</v>
+      </c>
+      <c r="B917" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C917" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D917" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E917" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F917" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G917" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918">
+        <v>437954</v>
+      </c>
+      <c r="B918" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C918" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D918" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E918" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F918" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G918" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919">
+        <v>437955</v>
+      </c>
+      <c r="B919" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C919" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D919" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E919" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F919" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G919" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920">
+        <v>438025</v>
+      </c>
+      <c r="B920" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C920" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D920" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E920" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F920" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G920" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921">
+        <v>438026</v>
+      </c>
+      <c r="B921" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C921" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D921" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E921" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F921" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G921" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922">
+        <v>438027</v>
+      </c>
+      <c r="B922" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C922" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D922" t="str">
+        <v>A221b</v>
+      </c>
+      <c r="E922" t="str">
+        <v>Vorderingen op gemeenschappelijke</v>
+      </c>
+      <c r="F922" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G922" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923">
+        <v>440329</v>
+      </c>
+      <c r="B923" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C923" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D923" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E923" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F923" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G923" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I923" s="1">
+        <v>4619000</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924">
+        <v>440330</v>
+      </c>
+      <c r="B924" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C924" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D924" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E924" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F924" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G924" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I924" s="1">
+        <v>5785000</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925">
+        <v>440331</v>
+      </c>
+      <c r="B925" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C925" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D925" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E925" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F925" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G925" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I925" s="1">
+        <v>1213000</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926">
+        <v>443137</v>
+      </c>
+      <c r="B926" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C926" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D926" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E926" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F926" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G926" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H926" s="1">
+        <v>42945000</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927">
+        <v>443138</v>
+      </c>
+      <c r="B927" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C927" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D927" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E927" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F927" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G927" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H927" s="1">
+        <v>116522000</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928">
+        <v>443139</v>
+      </c>
+      <c r="B928" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C928" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D928" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E928" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F928" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G928" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H928" s="1">
+        <v>113244000</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929">
+        <v>443569</v>
+      </c>
+      <c r="B929" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C929" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D929" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E929" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F929" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G929" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930">
+        <v>443570</v>
+      </c>
+      <c r="B930" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C930" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D930" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E930" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F930" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G930" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931">
+        <v>443571</v>
+      </c>
+      <c r="B931" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C931" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D931" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E931" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F931" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G931" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932">
+        <v>443642</v>
+      </c>
+      <c r="B932" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C932" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D932" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E932" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F932" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G932" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933">
+        <v>443643</v>
+      </c>
+      <c r="B933" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C933" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D933" t="str">
+        <v>A221c</v>
+      </c>
+      <c r="E933" t="str">
+        <v>Vorderingen op overige overheden</v>
+      </c>
+      <c r="F933" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G933" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934">
+        <v>44472</v>
+      </c>
+      <c r="B934" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C934" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D934" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E934" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F934" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G934" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H934" s="1">
+        <v>222006000</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935">
+        <v>44474</v>
+      </c>
+      <c r="B935" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C935" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D935" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E935" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F935" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G935" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H935" s="1">
+        <v>142605000</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936">
+        <v>44475</v>
+      </c>
+      <c r="B936" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C936" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D936" t="str">
+        <v>0.8</v>
+      </c>
+      <c r="E936" t="str">
+        <v>Mutaties reserves</v>
+      </c>
+      <c r="F936" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G936" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H936" s="1">
+        <v>142605000</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937">
+        <v>468410</v>
+      </c>
+      <c r="B937" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C937" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D937" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E937" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F937" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G937" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I937" s="1">
+        <v>27484000</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938">
+        <v>468411</v>
+      </c>
+      <c r="B938" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C938" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D938" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E938" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F938" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G938" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I938" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939">
+        <v>471216</v>
+      </c>
+      <c r="B939" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C939" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D939" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E939" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F939" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G939" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H939" s="1">
+        <v>128000000</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940">
+        <v>471217</v>
+      </c>
+      <c r="B940" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C940" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D940" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E940" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F940" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G940" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H940" s="1">
+        <v>3221000</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941">
+        <v>471219</v>
+      </c>
+      <c r="B941" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C941" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D941" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E941" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F941" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G941" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H941" s="1">
+        <v>40304000</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942">
+        <v>471649</v>
+      </c>
+      <c r="B942" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C942" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D942" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E942" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F942" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G942" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943">
+        <v>471650</v>
+      </c>
+      <c r="B943" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C943" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D943" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E943" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F943" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G943" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944">
+        <v>471651</v>
+      </c>
+      <c r="B944" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C944" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D944" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E944" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F944" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G944" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945">
+        <v>471721</v>
+      </c>
+      <c r="B945" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C945" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D945" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E945" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F945" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G945" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946">
+        <v>471722</v>
+      </c>
+      <c r="B946" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C946" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D946" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E946" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F946" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G946" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947">
+        <v>471723</v>
+      </c>
+      <c r="B947" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C947" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D947" t="str">
+        <v>A223a</v>
+      </c>
+      <c r="E947" t="str">
+        <v>Rekening courant verhouding met ..</v>
+      </c>
+      <c r="F947" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G947" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948">
+        <v>479641</v>
+      </c>
+      <c r="B948" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C948" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D948" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E948" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F948" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G948" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I948" s="1">
+        <v>2140000</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949">
+        <v>479642</v>
+      </c>
+      <c r="B949" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C949" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D949" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E949" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F949" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G949" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I949" s="1">
+        <v>3629000</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950">
+        <v>479643</v>
+      </c>
+      <c r="B950" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C950" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D950" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E950" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F950" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G950" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I950" s="1">
+        <v>3793000</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951">
+        <v>482449</v>
+      </c>
+      <c r="B951" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C951" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D951" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E951" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F951" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G951" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H951" s="1">
+        <v>2087000</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952">
+        <v>482450</v>
+      </c>
+      <c r="B952" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C952" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D952" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E952" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F952" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G952" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H952" s="1">
+        <v>2324000</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953">
+        <v>482451</v>
+      </c>
+      <c r="B953" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C953" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D953" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E953" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F953" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G953" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H953" s="1">
+        <v>1836000</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954">
+        <v>482881</v>
+      </c>
+      <c r="B954" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C954" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D954" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E954" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F954" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G954" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955">
+        <v>482882</v>
+      </c>
+      <c r="B955" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C955" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D955" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E955" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F955" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G955" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956">
+        <v>482883</v>
+      </c>
+      <c r="B956" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C956" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D956" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E956" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F956" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G956" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957">
+        <v>482953</v>
+      </c>
+      <c r="B957" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C957" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D957" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E957" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F957" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G957" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958">
+        <v>482954</v>
+      </c>
+      <c r="B958" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C958" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D958" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E958" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F958" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G958" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959">
+        <v>482955</v>
+      </c>
+      <c r="B959" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C959" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D959" t="str">
+        <v>A224</v>
+      </c>
+      <c r="E959" t="str">
+        <v>Overige vorderingen</v>
+      </c>
+      <c r="F959" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G959" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960">
+        <v>50089</v>
+      </c>
+      <c r="B960" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C960" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D960" t="str">
+        <v>0.9</v>
+      </c>
+      <c r="E960" t="str">
+        <v>Resultaat</v>
+      </c>
+      <c r="F960" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G960" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H960" s="1">
+        <v>150316000</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961">
+        <v>50090</v>
+      </c>
+      <c r="B961" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C961" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D961" t="str">
+        <v>0.9</v>
+      </c>
+      <c r="E961" t="str">
+        <v>Resultaat</v>
+      </c>
+      <c r="F961" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G961" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H961" s="1">
+        <v>127155000</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962">
+        <v>50091</v>
+      </c>
+      <c r="B962" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C962" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D962" t="str">
+        <v>0.9</v>
+      </c>
+      <c r="E962" t="str">
+        <v>Resultaat</v>
+      </c>
+      <c r="F962" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G962" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H962" s="1">
+        <v>109963000</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963">
+        <v>504913</v>
+      </c>
+      <c r="B963" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C963" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D963" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E963" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F963" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G963" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H963" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964">
+        <v>505345</v>
+      </c>
+      <c r="B964" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C964" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D964" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E964" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F964" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G964" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965">
+        <v>505346</v>
+      </c>
+      <c r="B965" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C965" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D965" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E965" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F965" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G965" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966">
+        <v>505347</v>
+      </c>
+      <c r="B966" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C966" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D966" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E966" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F966" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G966" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967">
+        <v>505417</v>
+      </c>
+      <c r="B967" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C967" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D967" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E967" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F967" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G967" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968">
+        <v>505418</v>
+      </c>
+      <c r="B968" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C968" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D968" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E968" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F968" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G968" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969">
+        <v>505419</v>
+      </c>
+      <c r="B969" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C969" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D969" t="str">
+        <v>A23</v>
+      </c>
+      <c r="E969" t="str">
+        <v>Liquide middelen (kas en banksaldi)</v>
+      </c>
+      <c r="F969" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G969" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970">
+        <v>50592</v>
+      </c>
+      <c r="B970" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C970" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D970" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E970" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F970" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G970" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I970" s="1">
+        <v>6241000</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971">
+        <v>50593</v>
+      </c>
+      <c r="B971" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C971" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D971" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E971" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F971" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G971" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I971" s="1">
+        <v>699000</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972">
+        <v>50594</v>
+      </c>
+      <c r="B972" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C972" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D972" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E972" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F972" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G972" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I972" s="1">
+        <v>1250000</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973">
+        <v>50595</v>
+      </c>
+      <c r="B973" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C973" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D973" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E973" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F973" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G973" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I973" s="1">
+        <v>2101000</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974">
+        <v>50808</v>
+      </c>
+      <c r="B974" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C974" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D974" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E974" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F974" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G974" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I974" s="1">
+        <v>34000</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975">
+        <v>510961</v>
+      </c>
+      <c r="B975" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C975" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D975" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E975" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F975" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G975" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976">
+        <v>510962</v>
+      </c>
+      <c r="B976" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C976" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D976" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E976" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F976" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G976" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977">
+        <v>510963</v>
+      </c>
+      <c r="B977" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C977" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D977" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E977" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F977" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G977" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978">
+        <v>51096</v>
+      </c>
+      <c r="B978" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C978" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D978" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E978" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F978" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G978" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I978" s="1">
+        <v>2745000</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979">
+        <v>51097</v>
+      </c>
+      <c r="B979" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C979" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D979" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E979" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F979" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G979" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I979" s="1">
+        <v>807000</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980">
+        <v>51098</v>
+      </c>
+      <c r="B980" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C980" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D980" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E980" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F980" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G980" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I980" s="1">
+        <v>913000</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981">
+        <v>51099</v>
+      </c>
+      <c r="B981" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C981" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D981" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E981" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F981" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G981" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I981" s="1">
+        <v>1954000</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982">
+        <v>511033</v>
+      </c>
+      <c r="B982" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C982" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D982" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E982" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F982" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G982" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983">
+        <v>511034</v>
+      </c>
+      <c r="B983" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C983" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D983" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E983" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F983" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G983" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984">
+        <v>511035</v>
+      </c>
+      <c r="B984" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C984" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D984" t="str">
+        <v>A29a</v>
+      </c>
+      <c r="E984" t="str">
+        <v>Nog te ontvangen bijdragen van de..</v>
+      </c>
+      <c r="F984" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G984" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985">
+        <v>51312</v>
+      </c>
+      <c r="B985" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C985" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D985" t="str">
+        <v>1.1</v>
+      </c>
+      <c r="E985" t="str">
+        <v>Provinciale Staten</v>
+      </c>
+      <c r="F985" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G985" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I985" s="1">
+        <v>510000</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986">
+        <v>513336</v>
+      </c>
+      <c r="B986" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C986" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D986" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E986" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F986" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G986" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I986" s="1">
+        <v>213000</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987">
+        <v>513337</v>
+      </c>
+      <c r="B987" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C987" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D987" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E987" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F987" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G987" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I987" s="1">
+        <v>19601000</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988">
+        <v>513338</v>
+      </c>
+      <c r="B988" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C988" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D988" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E988" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F988" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G988" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I988" s="1">
+        <v>45244000</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989">
+        <v>513339</v>
+      </c>
+      <c r="B989" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C989" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D989" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E989" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F989" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G989" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I989" s="1">
+        <v>71895000</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990">
+        <v>516577</v>
+      </c>
+      <c r="B990" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C990" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D990" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E990" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F990" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G990" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991">
+        <v>516578</v>
+      </c>
+      <c r="B991" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C991" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D991" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E991" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F991" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G991" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992">
+        <v>516579</v>
+      </c>
+      <c r="B992" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C992" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D992" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E992" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F992" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G992" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993">
+        <v>516649</v>
+      </c>
+      <c r="B993" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C993" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D993" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E993" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F993" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G993" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994">
+        <v>516650</v>
+      </c>
+      <c r="B994" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C994" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D994" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E994" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F994" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G994" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995">
+        <v>516651</v>
+      </c>
+      <c r="B995" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C995" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D995" t="str">
+        <v>A29b</v>
+      </c>
+      <c r="E995" t="str">
+        <v>Nog te ontvangen bijdragen van he..</v>
+      </c>
+      <c r="F995" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G995" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996">
+        <v>518953</v>
+      </c>
+      <c r="B996" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C996" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D996" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E996" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F996" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G996" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I996" s="1">
+        <v>605000</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997">
+        <v>518954</v>
+      </c>
+      <c r="B997" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C997" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D997" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E997" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F997" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G997" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I997" s="1">
+        <v>8220000</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998">
+        <v>518955</v>
+      </c>
+      <c r="B998" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C998" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D998" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E998" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F998" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G998" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I998" s="1">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999">
+        <v>521761</v>
+      </c>
+      <c r="B999" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C999" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D999" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E999" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F999" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G999" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H999" s="1">
+        <v>19468000</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000">
+        <v>521762</v>
+      </c>
+      <c r="B1000" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1000" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1000" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1000" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1000" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1000" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1000" s="1">
+        <v>26638000</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001">
+        <v>521763</v>
+      </c>
+      <c r="B1001" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1001" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1001" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1001" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1001" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1001" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1001" s="1">
+        <v>23816000</v>
+      </c>
+    </row>
+    <row r="1002">
+      <c r="A1002">
+        <v>522193</v>
+      </c>
+      <c r="B1002" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1002" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1002" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1002" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1002" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1002" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003">
+        <v>522194</v>
+      </c>
+      <c r="B1003" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1003" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1003" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1003" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1003" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1003" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1004">
+      <c r="A1004">
+        <v>522195</v>
+      </c>
+      <c r="B1004" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1004" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1004" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1004" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1004" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1004" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1005">
+      <c r="A1005">
+        <v>522265</v>
+      </c>
+      <c r="B1005" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1005" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1005" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1005" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1005" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1005" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1006">
+      <c r="A1006">
+        <v>522266</v>
+      </c>
+      <c r="B1006" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1006" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1006" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1006" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1006" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1006" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1007">
+      <c r="A1007">
+        <v>522267</v>
+      </c>
+      <c r="B1007" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1007" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1007" t="str">
+        <v>A29d</v>
+      </c>
+      <c r="E1007" t="str">
+        <v>Overige overlopende activa</v>
+      </c>
+      <c r="F1007" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1007" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1008">
+      <c r="A1008">
+        <v>527378</v>
+      </c>
+      <c r="B1008" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1008" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1008" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1008" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1008" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1008" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1008" s="1">
+        <v>3880000</v>
+      </c>
+    </row>
+    <row r="1009">
+      <c r="A1009">
+        <v>527379</v>
+      </c>
+      <c r="B1009" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1009" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1009" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1009" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1009" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1009" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1009" s="1">
+        <v>3880000</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010">
+        <v>527810</v>
+      </c>
+      <c r="B1010" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1010" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1010" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1010" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1010" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1010" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1011">
+      <c r="A1011">
+        <v>527811</v>
+      </c>
+      <c r="B1011" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1011" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1011" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1011" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1011" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1011" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1012">
+      <c r="A1012">
+        <v>527882</v>
+      </c>
+      <c r="B1012" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1012" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1012" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1012" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1012" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1012" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013">
+        <v>527883</v>
+      </c>
+      <c r="B1013" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1013" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1013" t="str">
+        <v>A29e</v>
+      </c>
+      <c r="E1013" t="str">
+        <v>Nog te ontvangen bijdragen van pr.</v>
+      </c>
+      <c r="F1013" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1013" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014">
+        <v>532993</v>
+      </c>
+      <c r="B1014" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1014" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1014" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1014" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1014" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1014" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1014" s="1">
+        <v>53000</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015">
+        <v>532994</v>
+      </c>
+      <c r="B1015" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1015" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1015" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1015" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1015" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1015" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1015" s="1">
+        <v>13000</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016">
+        <v>532995</v>
+      </c>
+      <c r="B1016" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1016" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1016" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1016" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1016" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1016" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1016" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017">
+        <v>533425</v>
+      </c>
+      <c r="B1017" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1017" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1017" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1017" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1017" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1017" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018">
+        <v>533426</v>
+      </c>
+      <c r="B1018" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1018" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1018" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1018" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1018" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1018" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019">
+        <v>533427</v>
+      </c>
+      <c r="B1019" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1019" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1019" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1019" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1019" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1019" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020">
+        <v>533497</v>
+      </c>
+      <c r="B1020" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1020" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1020" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1020" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1020" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1020" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021">
+        <v>533498</v>
+      </c>
+      <c r="B1021" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1021" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1021" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1021" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1021" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1021" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022">
+        <v>533499</v>
+      </c>
+      <c r="B1022" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1022" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1022" t="str">
+        <v>A29f</v>
+      </c>
+      <c r="E1022" t="str">
+        <v>Nog te ontvangen bijdragen van ge..</v>
+      </c>
+      <c r="F1022" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1022" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023">
+        <v>538610</v>
+      </c>
+      <c r="B1023" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1023" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1023" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1023" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1023" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1023" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1023" s="1">
+        <v>248000</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024">
+        <v>538611</v>
+      </c>
+      <c r="B1024" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1024" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1024" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1024" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1024" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1024" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1024" s="1">
+        <v>248000</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025">
+        <v>539041</v>
+      </c>
+      <c r="B1025" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1025" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1025" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1025" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1025" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1025" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026">
+        <v>539042</v>
+      </c>
+      <c r="B1026" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1026" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1026" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1026" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1026" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1026" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027">
+        <v>539043</v>
+      </c>
+      <c r="B1027" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1027" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1027" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1027" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1027" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1027" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028">
+        <v>539113</v>
+      </c>
+      <c r="B1028" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1028" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1028" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1028" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1028" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1028" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029">
+        <v>539114</v>
+      </c>
+      <c r="B1029" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1029" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1029" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1029" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1029" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1029" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030">
+        <v>539115</v>
+      </c>
+      <c r="B1030" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1030" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1030" t="str">
+        <v>A29g</v>
+      </c>
+      <c r="E1030" t="str">
+        <v>Nog te ontvangen bijdragen van ov..</v>
+      </c>
+      <c r="F1030" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1030" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031">
+        <v>541488</v>
+      </c>
+      <c r="B1031" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1031" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1031" t="str">
+        <v>P111</v>
+      </c>
+      <c r="E1031" t="str">
+        <v>Algemene reserve</v>
+      </c>
+      <c r="F1031" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1031" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1031" s="1">
+        <v>57501000</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032">
+        <v>547104</v>
+      </c>
+      <c r="B1032" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1032" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1032" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1032" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1032" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1032" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1032" s="1">
+        <v>164610000</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033">
+        <v>547106</v>
+      </c>
+      <c r="B1033" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1033" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1033" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1033" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1033" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1033" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1033" s="1">
+        <v>142605000</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034">
+        <v>547107</v>
+      </c>
+      <c r="B1034" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1034" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1034" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1034" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1034" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1034" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1034" s="1">
+        <v>142605000</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035">
+        <v>549912</v>
+      </c>
+      <c r="B1035" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C1035" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1035" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1035" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1035" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1035" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1035" s="1">
+        <v>73416000</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036">
+        <v>549914</v>
+      </c>
+      <c r="B1036" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C1036" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1036" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1036" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1036" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1036" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1036" s="1">
+        <v>5500000</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037">
+        <v>549915</v>
+      </c>
+      <c r="B1037" t="str">
+        <v>B7.1</v>
+      </c>
+      <c r="C1037" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1037" t="str">
+        <v>P112</v>
+      </c>
+      <c r="E1037" t="str">
+        <v>Bestemmingsreserves</v>
+      </c>
+      <c r="F1037" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1037" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1037" s="1">
+        <v>5500000</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038">
+        <v>552721</v>
+      </c>
+      <c r="B1038" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1038" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1038" t="str">
+        <v>P114</v>
+      </c>
+      <c r="E1038" t="str">
+        <v>Saldo van rekening</v>
+      </c>
+      <c r="F1038" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1038" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1038" s="1">
+        <v>150316000</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039">
+        <v>552722</v>
+      </c>
+      <c r="B1039" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1039" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1039" t="str">
+        <v>P114</v>
+      </c>
+      <c r="E1039" t="str">
+        <v>Saldo van rekening</v>
+      </c>
+      <c r="F1039" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1039" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1039" s="1">
+        <v>127155000</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040">
+        <v>552723</v>
+      </c>
+      <c r="B1040" t="str">
+        <v>L7.1</v>
+      </c>
+      <c r="C1040" t="str">
+        <v>Mutatie reserves</v>
+      </c>
+      <c r="D1040" t="str">
+        <v>P114</v>
+      </c>
+      <c r="E1040" t="str">
+        <v>Saldo van rekening</v>
+      </c>
+      <c r="F1040" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1040" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1040" s="1">
+        <v>109963000</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041">
+        <v>556250</v>
+      </c>
+      <c r="B1041" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1041" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1041" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1041" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1041" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1041" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1041" s="1">
+        <v>15028000</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042">
+        <v>556251</v>
+      </c>
+      <c r="B1042" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1042" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1042" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1042" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1042" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1042" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1042" s="1">
+        <v>41461000</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043">
+        <v>556536</v>
+      </c>
+      <c r="B1043" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1043" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1043" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1043" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1043" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1043" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1043" s="1">
+        <v>426000</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044">
+        <v>557257</v>
+      </c>
+      <c r="B1044" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1044" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1044" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1044" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1044" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1044" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1044" s="1">
+        <v>173000</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045">
+        <v>557258</v>
+      </c>
+      <c r="B1045" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1045" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1045" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1045" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1045" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1045" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1045" s="1">
+        <v>288000</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046">
+        <v>557259</v>
+      </c>
+      <c r="B1046" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1046" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1046" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1046" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1046" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1046" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1046" s="1">
+        <v>402000</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047">
+        <v>561216</v>
+      </c>
+      <c r="B1047" t="str">
+        <v>B7.2</v>
+      </c>
+      <c r="C1047" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1047" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1047" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1047" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1047" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1047" s="1">
+        <v>115000</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048">
+        <v>561218</v>
+      </c>
+      <c r="B1048" t="str">
+        <v>B7.2</v>
+      </c>
+      <c r="C1048" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1048" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1048" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1048" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1048" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1048" s="1">
+        <v>215805000</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049">
+        <v>561219</v>
+      </c>
+      <c r="B1049" t="str">
+        <v>B7.2</v>
+      </c>
+      <c r="C1049" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1049" t="str">
+        <v>P12</v>
+      </c>
+      <c r="E1049" t="str">
+        <v>Voorzieningen</v>
+      </c>
+      <c r="F1049" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1049" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1049" s="1">
+        <v>215805000</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050">
+        <v>56208</v>
+      </c>
+      <c r="B1050" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1050" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1050" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1050" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1050" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1050" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1050" s="1">
+        <v>1843000</v>
+      </c>
+    </row>
+    <row r="1051">
+      <c r="A1051">
+        <v>56209</v>
+      </c>
+      <c r="B1051" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1051" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1051" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1051" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1051" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1051" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1051" s="1">
+        <v>271000</v>
+      </c>
+    </row>
+    <row r="1052">
+      <c r="A1052">
+        <v>56210</v>
+      </c>
+      <c r="B1052" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1052" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1052" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1052" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1052" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1052" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1052" s="1">
+        <v>451000</v>
+      </c>
+    </row>
+    <row r="1053">
+      <c r="A1053">
+        <v>56211</v>
+      </c>
+      <c r="B1053" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1053" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1053" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1053" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1053" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1053" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1053" s="1">
+        <v>804000</v>
+      </c>
+    </row>
+    <row r="1054">
+      <c r="A1054">
+        <v>56712</v>
+      </c>
+      <c r="B1054" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1054" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1054" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1054" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1054" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1054" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1054" s="1">
+        <v>323000</v>
+      </c>
+    </row>
+    <row r="1055">
+      <c r="A1055">
+        <v>56713</v>
+      </c>
+      <c r="B1055" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1055" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1055" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1055" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1055" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1055" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1055" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="1056">
+      <c r="A1056">
+        <v>56714</v>
+      </c>
+      <c r="B1056" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1056" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1056" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1056" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1056" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1056" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1056" s="1">
+        <v>47000</v>
+      </c>
+    </row>
+    <row r="1057">
+      <c r="A1057">
+        <v>56715</v>
+      </c>
+      <c r="B1057" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1057" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1057" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1057" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1057" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1057" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1057" s="1">
+        <v>71000</v>
+      </c>
+    </row>
+    <row r="1058">
+      <c r="A1058">
+        <v>575113</v>
+      </c>
+      <c r="B1058" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1058" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1058" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1058" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1058" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1058" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1058" s="1">
+        <v>2817000</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059">
+        <v>575114</v>
+      </c>
+      <c r="B1059" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1059" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1059" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1059" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1059" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1059" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1059" s="1">
+        <v>2817000</v>
+      </c>
+    </row>
+    <row r="1060">
+      <c r="A1060">
+        <v>575115</v>
+      </c>
+      <c r="B1060" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1060" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1060" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1060" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1060" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1060" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1060" s="1">
+        <v>21484000</v>
+      </c>
+    </row>
+    <row r="1061">
+      <c r="A1061">
+        <v>577920</v>
+      </c>
+      <c r="B1061" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1061" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1061" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1061" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1061" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1061" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1061" s="1">
+        <v>217115000</v>
+      </c>
+    </row>
+    <row r="1062">
+      <c r="A1062">
+        <v>578353</v>
+      </c>
+      <c r="B1062" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1062" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1062" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1062" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1062" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1062" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063">
+        <v>578354</v>
+      </c>
+      <c r="B1063" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1063" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1063" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1063" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1063" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1063" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064">
+        <v>578355</v>
+      </c>
+      <c r="B1064" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1064" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1064" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1064" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1064" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1064" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065">
+        <v>578425</v>
+      </c>
+      <c r="B1065" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1065" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1065" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1065" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1065" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1065" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066">
+        <v>578426</v>
+      </c>
+      <c r="B1066" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1066" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1066" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1066" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1066" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1066" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067">
+        <v>578427</v>
+      </c>
+      <c r="B1067" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1067" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1067" t="str">
+        <v>P133</v>
+      </c>
+      <c r="E1067" t="str">
+        <v>Onderhandse leningen van binnenla..</v>
+      </c>
+      <c r="F1067" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1067" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1068">
+      <c r="A1068">
+        <v>58584</v>
+      </c>
+      <c r="B1068" t="str">
+        <v>L7.2</v>
+      </c>
+      <c r="C1068" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1068" t="str">
+        <v>1.2</v>
+      </c>
+      <c r="E1068" t="str">
+        <v>Gedeputeerde Staten</v>
+      </c>
+      <c r="F1068" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1068" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1068" s="1">
+        <v>115000</v>
+      </c>
+    </row>
+    <row r="1069">
+      <c r="A1069">
+        <v>61824</v>
+      </c>
+      <c r="B1069" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1069" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1069" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1069" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1069" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1069" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1069" s="1">
+        <v>896000</v>
+      </c>
+    </row>
+    <row r="1070">
+      <c r="A1070">
+        <v>61825</v>
+      </c>
+      <c r="B1070" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1070" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1070" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1070" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1070" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1070" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1070" s="1">
+        <v>739000</v>
+      </c>
+    </row>
+    <row r="1071">
+      <c r="A1071">
+        <v>61826</v>
+      </c>
+      <c r="B1071" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1071" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1071" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1071" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1071" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1071" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1071" s="1">
+        <v>1518000</v>
+      </c>
+    </row>
+    <row r="1072">
+      <c r="A1072">
+        <v>61827</v>
+      </c>
+      <c r="B1072" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1072" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1072" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1072" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1072" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1072" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1072" s="1">
+        <v>2278000</v>
+      </c>
+    </row>
+    <row r="1073">
+      <c r="A1073">
+        <v>61968</v>
+      </c>
+      <c r="B1073" t="str">
+        <v>L3.1</v>
+      </c>
+      <c r="C1073" t="str">
+        <v>Grond</v>
+      </c>
+      <c r="D1073" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1073" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1073" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1073" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1073" s="1">
+        <v>5000000</v>
+      </c>
+    </row>
+    <row r="1074">
+      <c r="A1074">
+        <v>62257</v>
+      </c>
+      <c r="B1074" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1074" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1074" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1074" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1074" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1074" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1074" s="1">
+        <v>179000</v>
+      </c>
+    </row>
+    <row r="1075">
+      <c r="A1075">
+        <v>62258</v>
+      </c>
+      <c r="B1075" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1075" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1075" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1075" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1075" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1075" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1075" s="1">
+        <v>267000</v>
+      </c>
+    </row>
+    <row r="1076">
+      <c r="A1076">
+        <v>62259</v>
+      </c>
+      <c r="B1076" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1076" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1076" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1076" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1076" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1076" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1076" s="1">
+        <v>57000</v>
+      </c>
+    </row>
+    <row r="1077">
+      <c r="A1077">
+        <v>62328</v>
+      </c>
+      <c r="B1077" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1077" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1077" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1077" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1077" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1077" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1077" s="1">
+        <v>363000</v>
+      </c>
+    </row>
+    <row r="1078">
+      <c r="A1078">
+        <v>62330</v>
+      </c>
+      <c r="B1078" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1078" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1078" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1078" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1078" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1078" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1078" s="1">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="1079">
+      <c r="A1079">
+        <v>62331</v>
+      </c>
+      <c r="B1079" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1079" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1079" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1079" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1079" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1079" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1079" s="1">
+        <v>16000</v>
+      </c>
+    </row>
+    <row r="1080">
+      <c r="A1080">
+        <v>63048</v>
+      </c>
+      <c r="B1080" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1080" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1080" t="str">
+        <v>1.3</v>
+      </c>
+      <c r="E1080" t="str">
+        <v>Kabinetszaken</v>
+      </c>
+      <c r="F1080" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1080" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1080" s="1">
+        <v>1450000</v>
+      </c>
+    </row>
+    <row r="1081">
+      <c r="A1081">
+        <v>664969</v>
+      </c>
+      <c r="B1081" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1081" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1081" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1081" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1081" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1081" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1081" s="1">
+        <v>37855000</v>
+      </c>
+    </row>
+    <row r="1082">
+      <c r="A1082">
+        <v>664970</v>
+      </c>
+      <c r="B1082" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1082" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1082" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1082" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1082" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1082" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1082" s="1">
+        <v>31576000</v>
+      </c>
+    </row>
+    <row r="1083">
+      <c r="A1083">
+        <v>664971</v>
+      </c>
+      <c r="B1083" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1083" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1083" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1083" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1083" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1083" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1083" s="1">
+        <v>39073000</v>
+      </c>
+    </row>
+    <row r="1084">
+      <c r="A1084">
+        <v>667777</v>
+      </c>
+      <c r="B1084" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1084" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1084" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1084" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1084" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1084" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1084" s="1">
+        <v>115545000</v>
+      </c>
+    </row>
+    <row r="1085">
+      <c r="A1085">
+        <v>667778</v>
+      </c>
+      <c r="B1085" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1085" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1085" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1085" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1085" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1085" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1085" s="1">
+        <v>74164000</v>
+      </c>
+    </row>
+    <row r="1086">
+      <c r="A1086">
+        <v>667779</v>
+      </c>
+      <c r="B1086" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1086" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1086" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1086" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1086" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1086" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1086" s="1">
+        <v>62001000</v>
+      </c>
+    </row>
+    <row r="1087">
+      <c r="A1087">
+        <v>668209</v>
+      </c>
+      <c r="B1087" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1087" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1087" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1087" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1087" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1087" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1088">
+      <c r="A1088">
+        <v>668210</v>
+      </c>
+      <c r="B1088" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1088" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1088" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1088" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1088" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1088" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1089">
+      <c r="A1089">
+        <v>668211</v>
+      </c>
+      <c r="B1089" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1089" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1089" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1089" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1089" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1089" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1090">
+      <c r="A1090">
+        <v>668281</v>
+      </c>
+      <c r="B1090" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1090" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1090" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1090" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1090" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1090" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1091">
+      <c r="A1091">
+        <v>668282</v>
+      </c>
+      <c r="B1091" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1091" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1091" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1091" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1091" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1091" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1092">
+      <c r="A1092">
+        <v>668283</v>
+      </c>
+      <c r="B1092" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1092" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1092" t="str">
+        <v>P213</v>
+      </c>
+      <c r="E1092" t="str">
+        <v>Overige vlottende schulden</v>
+      </c>
+      <c r="F1092" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1092" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1093">
+      <c r="A1093">
+        <v>670586</v>
+      </c>
+      <c r="B1093" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1093" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1093" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1093" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1093" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1093" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1093" s="1">
+        <v>2080000</v>
+      </c>
+    </row>
+    <row r="1094">
+      <c r="A1094">
+        <v>670587</v>
+      </c>
+      <c r="B1094" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1094" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1094" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1094" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1094" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1094" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1094" s="1">
+        <v>2080000</v>
+      </c>
+    </row>
+    <row r="1095">
+      <c r="A1095">
+        <v>673393</v>
+      </c>
+      <c r="B1095" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1095" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1095" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1095" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1095" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1095" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1095" s="1">
+        <v>2793000</v>
+      </c>
+    </row>
+    <row r="1096">
+      <c r="A1096">
+        <v>673394</v>
+      </c>
+      <c r="B1096" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1096" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1096" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1096" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1096" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1096" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1096" s="1">
+        <v>2793000</v>
+      </c>
+    </row>
+    <row r="1097">
+      <c r="A1097">
+        <v>673395</v>
+      </c>
+      <c r="B1097" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1097" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1097" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1097" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1097" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1097" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1097" s="1">
+        <v>2793000</v>
+      </c>
+    </row>
+    <row r="1098">
+      <c r="A1098">
+        <v>673825</v>
+      </c>
+      <c r="B1098" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1098" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1098" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1098" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1098" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1098" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1099">
+      <c r="A1099">
+        <v>673826</v>
+      </c>
+      <c r="B1099" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1099" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1099" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1099" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1099" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1099" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1100">
+      <c r="A1100">
+        <v>673827</v>
+      </c>
+      <c r="B1100" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1100" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1100" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1100" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1100" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1100" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1101">
+      <c r="A1101">
+        <v>673897</v>
+      </c>
+      <c r="B1101" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1101" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1101" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1101" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1101" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1101" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1102">
+      <c r="A1102">
+        <v>673898</v>
+      </c>
+      <c r="B1102" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1102" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1102" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1102" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1102" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1102" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1103">
+      <c r="A1103">
+        <v>673899</v>
+      </c>
+      <c r="B1103" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1103" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1103" t="str">
+        <v>P29a</v>
+      </c>
+      <c r="E1103" t="str">
+        <v>Vooruit ontvangen bijdragen van d..</v>
+      </c>
+      <c r="F1103" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1103" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1104">
+      <c r="A1104">
+        <v>67440</v>
+      </c>
+      <c r="B1104" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1104" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1104" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1104" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1104" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1104" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1104" s="1">
+        <v>5065000</v>
+      </c>
+    </row>
+    <row r="1105">
+      <c r="A1105">
+        <v>67441</v>
+      </c>
+      <c r="B1105" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1105" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1105" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1105" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1105" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1105" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1105" s="1">
+        <v>383000</v>
+      </c>
+    </row>
+    <row r="1106">
+      <c r="A1106">
+        <v>67442</v>
+      </c>
+      <c r="B1106" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1106" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1106" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1106" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1106" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1106" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1106" s="1">
+        <v>758000</v>
+      </c>
+    </row>
+    <row r="1107">
+      <c r="A1107">
+        <v>67443</v>
+      </c>
+      <c r="B1107" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1107" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1107" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1107" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1107" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1107" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1107" s="1">
+        <v>1142000</v>
+      </c>
+    </row>
+    <row r="1108">
+      <c r="A1108">
+        <v>676200</v>
+      </c>
+      <c r="B1108" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1108" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1108" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1108" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1108" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1108" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1108" s="1">
+        <v>44046000</v>
+      </c>
+    </row>
+    <row r="1109">
+      <c r="A1109">
+        <v>676201</v>
+      </c>
+      <c r="B1109" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1109" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1109" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1109" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1109" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1109" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1109" s="1">
+        <v>5755000</v>
+      </c>
+    </row>
+    <row r="1110">
+      <c r="A1110">
+        <v>676202</v>
+      </c>
+      <c r="B1110" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1110" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1110" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1110" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1110" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1110" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1110" s="1">
+        <v>9818000</v>
+      </c>
+    </row>
+    <row r="1111">
+      <c r="A1111">
+        <v>676203</v>
+      </c>
+      <c r="B1111" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1111" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1111" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1111" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1111" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1111" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1111" s="1">
+        <v>4049000</v>
+      </c>
+    </row>
+    <row r="1112">
+      <c r="A1112">
+        <v>67875</v>
+      </c>
+      <c r="B1112" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1112" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1112" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1112" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1112" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1112" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1112" s="1">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="1113">
+      <c r="A1113">
+        <v>679008</v>
+      </c>
+      <c r="B1113" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1113" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1113" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1113" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1113" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1113" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1113" s="1">
+        <v>13800000</v>
+      </c>
+    </row>
+    <row r="1114">
+      <c r="A1114">
+        <v>679009</v>
+      </c>
+      <c r="B1114" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1114" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1114" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1114" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1114" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1114" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1114" s="1">
+        <v>67323000</v>
+      </c>
+    </row>
+    <row r="1115">
+      <c r="A1115">
+        <v>679010</v>
+      </c>
+      <c r="B1115" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1115" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1115" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1115" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1115" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1115" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1115" s="1">
+        <v>67878000</v>
+      </c>
+    </row>
+    <row r="1116">
+      <c r="A1116">
+        <v>679011</v>
+      </c>
+      <c r="B1116" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1116" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1116" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1116" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1116" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1116" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1116" s="1">
+        <v>72253000</v>
+      </c>
+    </row>
+    <row r="1117">
+      <c r="A1117">
+        <v>679441</v>
+      </c>
+      <c r="B1117" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1117" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1117" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1117" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1117" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1117" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1118">
+      <c r="A1118">
+        <v>679442</v>
+      </c>
+      <c r="B1118" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1118" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1118" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1118" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1118" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1118" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1119">
+      <c r="A1119">
+        <v>679443</v>
+      </c>
+      <c r="B1119" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1119" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1119" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1119" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1119" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1119" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120">
+        <v>67944</v>
+      </c>
+      <c r="B1120" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1120" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1120" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1120" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1120" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1120" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1120" s="1">
+        <v>4761000</v>
+      </c>
+    </row>
+    <row r="1121">
+      <c r="A1121">
+        <v>67945</v>
+      </c>
+      <c r="B1121" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1121" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1121" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1121" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1121" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1121" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1121" s="1">
+        <v>149000</v>
+      </c>
+    </row>
+    <row r="1122">
+      <c r="A1122">
+        <v>67946</v>
+      </c>
+      <c r="B1122" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1122" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1122" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1122" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1122" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1122" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1122" s="1">
+        <v>307000</v>
+      </c>
+    </row>
+    <row r="1123">
+      <c r="A1123">
+        <v>67947</v>
+      </c>
+      <c r="B1123" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1123" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1123" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1123" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1123" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1123" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1123" s="1">
+        <v>405000</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124">
+        <v>679513</v>
+      </c>
+      <c r="B1124" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1124" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1124" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1124" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1124" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1124" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1125">
+      <c r="A1125">
+        <v>679514</v>
+      </c>
+      <c r="B1125" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1125" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1125" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1125" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1125" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1125" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1126">
+      <c r="A1126">
+        <v>679515</v>
+      </c>
+      <c r="B1126" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1126" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1126" t="str">
+        <v>P29b</v>
+      </c>
+      <c r="E1126" t="str">
+        <v>Vooruit ontvangen bijdragen van h..</v>
+      </c>
+      <c r="F1126" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1126" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1127">
+      <c r="A1127">
+        <v>681817</v>
+      </c>
+      <c r="B1127" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1127" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1127" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1127" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1127" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1127" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1127" s="1">
+        <v>39364000</v>
+      </c>
+    </row>
+    <row r="1128">
+      <c r="A1128">
+        <v>681818</v>
+      </c>
+      <c r="B1128" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1128" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1128" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1128" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1128" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1128" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1128" s="1">
+        <v>67676000</v>
+      </c>
+    </row>
+    <row r="1129">
+      <c r="A1129">
+        <v>681819</v>
+      </c>
+      <c r="B1129" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1129" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1129" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1129" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1129" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1129" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1129" s="1">
+        <v>95072000</v>
+      </c>
+    </row>
+    <row r="1130">
+      <c r="A1130">
+        <v>684625</v>
+      </c>
+      <c r="B1130" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1130" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1130" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1130" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1130" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1130" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1130" s="1">
+        <v>34162000</v>
+      </c>
+    </row>
+    <row r="1131">
+      <c r="A1131">
+        <v>684626</v>
+      </c>
+      <c r="B1131" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1131" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1131" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1131" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1131" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1131" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1131" s="1">
+        <v>48535000</v>
+      </c>
+    </row>
+    <row r="1132">
+      <c r="A1132">
+        <v>684627</v>
+      </c>
+      <c r="B1132" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1132" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1132" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1132" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1132" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1132" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1132" s="1">
+        <v>54563000</v>
+      </c>
+    </row>
+    <row r="1133">
+      <c r="A1133">
+        <v>685057</v>
+      </c>
+      <c r="B1133" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1133" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1133" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1133" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1133" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1133" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1134">
+      <c r="A1134">
+        <v>685058</v>
+      </c>
+      <c r="B1134" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1134" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1134" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1134" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1134" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1134" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135">
+        <v>685059</v>
+      </c>
+      <c r="B1135" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1135" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1135" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1135" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1135" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1135" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1136">
+      <c r="A1136">
+        <v>685129</v>
+      </c>
+      <c r="B1136" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1136" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1136" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1136" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1136" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1136" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1137">
+      <c r="A1137">
+        <v>685130</v>
+      </c>
+      <c r="B1137" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1137" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1137" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1137" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1137" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1137" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1138">
+      <c r="A1138">
+        <v>685131</v>
+      </c>
+      <c r="B1138" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1138" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1138" t="str">
+        <v>P29d</v>
+      </c>
+      <c r="E1138" t="str">
+        <v>Overige overlopende passiva</v>
+      </c>
+      <c r="F1138" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1138" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1139">
+      <c r="A1139">
+        <v>68523</v>
+      </c>
+      <c r="B1139" t="str">
+        <v>L4.3.6</v>
+      </c>
+      <c r="C1139" t="str">
+        <v>Inkomensoverdrachten - ov overh..</v>
+      </c>
+      <c r="D1139" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1139" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1139" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1139" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1139" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="1140">
+      <c r="A1140">
+        <v>68664</v>
+      </c>
+      <c r="B1140" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1140" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1140" t="str">
+        <v>1.4</v>
+      </c>
+      <c r="E1140" t="str">
+        <v>Bestuurlijke organisatie</v>
+      </c>
+      <c r="F1140" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1140" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1140" s="1">
+        <v>4500000</v>
+      </c>
+    </row>
+    <row r="1141">
+      <c r="A1141">
+        <v>690241</v>
+      </c>
+      <c r="B1141" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1141" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1141" t="str">
+        <v>P29e</v>
+      </c>
+      <c r="E1141" t="str">
+        <v>Vooruit ontvangen bijdragen van p..</v>
+      </c>
+      <c r="F1141" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1141" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1141" s="1">
+        <v>93000</v>
+      </c>
+    </row>
+    <row r="1142">
+      <c r="A1142">
+        <v>690673</v>
+      </c>
+      <c r="B1142" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1142" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1142" t="str">
+        <v>P29e</v>
+      </c>
+      <c r="E1142" t="str">
+        <v>Vooruit ontvangen bijdragen van p..</v>
+      </c>
+      <c r="F1142" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1142" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1143">
+      <c r="A1143">
+        <v>690675</v>
+      </c>
+      <c r="B1143" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1143" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1143" t="str">
+        <v>P29e</v>
+      </c>
+      <c r="E1143" t="str">
+        <v>Vooruit ontvangen bijdragen van p..</v>
+      </c>
+      <c r="F1143" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1143" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1144">
+      <c r="A1144">
+        <v>690745</v>
+      </c>
+      <c r="B1144" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1144" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1144" t="str">
+        <v>P29e</v>
+      </c>
+      <c r="E1144" t="str">
+        <v>Vooruit ontvangen bijdragen van p..</v>
+      </c>
+      <c r="F1144" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1144" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145">
+        <v>690747</v>
+      </c>
+      <c r="B1145" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1145" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1145" t="str">
+        <v>P29e</v>
+      </c>
+      <c r="E1145" t="str">
+        <v>Vooruit ontvangen bijdragen van p..</v>
+      </c>
+      <c r="F1145" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1145" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146">
+        <v>693049</v>
+      </c>
+      <c r="B1146" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1146" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1146" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1146" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1146" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1146" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1146" s="1">
+        <v>3342000</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147">
+        <v>693050</v>
+      </c>
+      <c r="B1147" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1147" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1147" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1147" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1147" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1147" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1147" s="1">
+        <v>3549000</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148">
+        <v>693051</v>
+      </c>
+      <c r="B1148" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1148" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1148" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1148" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1148" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1148" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1148" s="1">
+        <v>15309000</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149">
+        <v>695857</v>
+      </c>
+      <c r="B1149" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1149" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1149" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1149" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1149" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1149" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1149" s="1">
+        <v>19588000</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150">
+        <v>695858</v>
+      </c>
+      <c r="B1150" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1150" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1150" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1150" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1150" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1150" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1150" s="1">
+        <v>20475000</v>
+      </c>
+    </row>
+    <row r="1151">
+      <c r="A1151">
+        <v>695859</v>
+      </c>
+      <c r="B1151" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1151" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1151" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1151" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1151" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1151" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1151" s="1">
+        <v>16329000</v>
+      </c>
+    </row>
+    <row r="1152">
+      <c r="A1152">
+        <v>696289</v>
+      </c>
+      <c r="B1152" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1152" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1152" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1152" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1152" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1152" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="A1153">
+        <v>696290</v>
+      </c>
+      <c r="B1153" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1153" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1153" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1153" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1153" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1153" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1154">
+      <c r="A1154">
+        <v>696291</v>
+      </c>
+      <c r="B1154" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1154" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1154" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1154" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1154" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1154" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155">
+        <v>696361</v>
+      </c>
+      <c r="B1155" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1155" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1155" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1155" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1155" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1155" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1156">
+      <c r="A1156">
+        <v>696362</v>
+      </c>
+      <c r="B1156" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1156" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1156" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1156" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1156" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1156" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1157">
+      <c r="A1157">
+        <v>696363</v>
+      </c>
+      <c r="B1157" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1157" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1157" t="str">
+        <v>P29f</v>
+      </c>
+      <c r="E1157" t="str">
+        <v>Vooruit ontvangen bijdragen van g..</v>
+      </c>
+      <c r="F1157" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1157" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1158">
+      <c r="A1158">
+        <v>698665</v>
+      </c>
+      <c r="B1158" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1158" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1158" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1158" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1158" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1158" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1158" s="1">
+        <v>2397000</v>
+      </c>
+    </row>
+    <row r="1159">
+      <c r="A1159">
+        <v>698666</v>
+      </c>
+      <c r="B1159" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1159" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1159" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1159" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1159" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1159" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1159" s="1">
+        <v>1707000</v>
+      </c>
+    </row>
+    <row r="1160">
+      <c r="A1160">
+        <v>698667</v>
+      </c>
+      <c r="B1160" t="str">
+        <v>L6.1</v>
+      </c>
+      <c r="C1160" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1160" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1160" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1160" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1160" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1160" s="1">
+        <v>1958000</v>
+      </c>
+    </row>
+    <row r="1161">
+      <c r="A1161">
+        <v>701473</v>
+      </c>
+      <c r="B1161" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1161" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1161" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1161" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1161" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1161" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1161" s="1">
+        <v>5268000</v>
+      </c>
+    </row>
+    <row r="1162">
+      <c r="A1162">
+        <v>701474</v>
+      </c>
+      <c r="B1162" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1162" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1162" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1162" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1162" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1162" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1162" s="1">
+        <v>9094000</v>
+      </c>
+    </row>
+    <row r="1163">
+      <c r="A1163">
+        <v>701475</v>
+      </c>
+      <c r="B1163" t="str">
+        <v>B6.1</v>
+      </c>
+      <c r="C1163" t="str">
+        <v>Financiële transacties</v>
+      </c>
+      <c r="D1163" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1163" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1163" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1163" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1163" s="1">
+        <v>13604000</v>
+      </c>
+    </row>
+    <row r="1164">
+      <c r="A1164">
+        <v>701905</v>
+      </c>
+      <c r="B1164" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1164" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1164" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1164" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1164" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1164" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1165">
+      <c r="A1165">
+        <v>701906</v>
+      </c>
+      <c r="B1165" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1165" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1165" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1165" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1165" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1165" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1166">
+      <c r="A1166">
+        <v>701907</v>
+      </c>
+      <c r="B1166" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="C1166" t="str">
+        <v>Primo</v>
+      </c>
+      <c r="D1166" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1166" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1166" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1166" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1167">
+      <c r="A1167">
+        <v>701977</v>
+      </c>
+      <c r="B1167" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1167" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1167" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1167" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1167" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1167" t="str">
+        <v>1e kwartaal</v>
+      </c>
+    </row>
+    <row r="1168">
+      <c r="A1168">
+        <v>701978</v>
+      </c>
+      <c r="B1168" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1168" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1168" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1168" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1168" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1168" t="str">
+        <v>2e kwartaal</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169">
+        <v>701979</v>
+      </c>
+      <c r="B1169" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="C1169" t="str">
+        <v>Ultimo</v>
+      </c>
+      <c r="D1169" t="str">
+        <v>P29g</v>
+      </c>
+      <c r="E1169" t="str">
+        <v>Vooruit ontvangen bijdragen van o..</v>
+      </c>
+      <c r="F1169" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1169" t="str">
+        <v>3e kwartaal</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170">
+        <v>73056</v>
+      </c>
+      <c r="B1170" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1170" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1170" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1170" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1170" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1170" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1170" s="1">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171">
+        <v>73057</v>
+      </c>
+      <c r="B1171" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1171" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1171" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1171" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1171" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1171" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1171" s="1">
+        <v>474000</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172">
+        <v>73058</v>
+      </c>
+      <c r="B1172" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1172" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1172" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1172" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1172" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1172" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1172" s="1">
+        <v>937000</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173">
+        <v>73059</v>
+      </c>
+      <c r="B1173" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1173" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1173" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1173" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1173" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1173" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1173" s="1">
+        <v>1410000</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174">
+        <v>73560</v>
+      </c>
+      <c r="B1174" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1174" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1174" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1174" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1174" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1174" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1174" s="1">
+        <v>80000</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175">
+        <v>73561</v>
+      </c>
+      <c r="B1175" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1175" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1175" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1175" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1175" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1175" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1175" s="1">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176">
+        <v>73562</v>
+      </c>
+      <c r="B1176" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1176" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1176" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1176" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1176" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1176" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1176" s="1">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177">
+        <v>73563</v>
+      </c>
+      <c r="B1177" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1177" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1177" t="str">
+        <v>1.5</v>
+      </c>
+      <c r="E1177" t="str">
+        <v>Interbestuurlijk toezicht op de re..</v>
+      </c>
+      <c r="F1177" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1177" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1177" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178">
+        <v>78672</v>
+      </c>
+      <c r="B1178" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1178" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1178" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1178" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1178" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1178" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1178" s="1">
+        <v>220000</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179">
+        <v>78673</v>
+      </c>
+      <c r="B1179" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1179" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1179" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1179" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1179" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1179" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1179" s="1">
+        <v>474000</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180">
+        <v>78674</v>
+      </c>
+      <c r="B1180" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1180" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1180" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1180" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1180" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1180" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1180" s="1">
+        <v>937000</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181">
+        <v>78675</v>
+      </c>
+      <c r="B1181" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1181" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1181" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1181" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1181" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1181" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1181" s="1">
+        <v>1410000</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182">
+        <v>79107</v>
+      </c>
+      <c r="B1182" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1182" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1182" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1182" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1182" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1182" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1182" s="1">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183">
+        <v>79176</v>
+      </c>
+      <c r="B1183" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1183" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1183" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1183" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1183" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1183" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1183" s="1">
+        <v>141000</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184">
+        <v>79177</v>
+      </c>
+      <c r="B1184" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1184" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1184" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1184" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1184" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1184" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1184" s="1">
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185">
+        <v>79178</v>
+      </c>
+      <c r="B1185" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1185" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1185" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1185" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1185" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1185" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1185" s="1">
+        <v>57000</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186">
+        <v>79179</v>
+      </c>
+      <c r="B1186" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1186" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1186" t="str">
+        <v>1.6</v>
+      </c>
+      <c r="E1186" t="str">
+        <v>Openbare orde en veiligheid</v>
+      </c>
+      <c r="F1186" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1186" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1186" s="1">
+        <v>89000</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187">
+        <v>8330</v>
+      </c>
+      <c r="B1187" t="str">
+        <v>B2.2.1</v>
+      </c>
+      <c r="C1187" t="str">
+        <v>Belastingen op producenten</v>
+      </c>
+      <c r="D1187" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1187" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1187" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1187" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1187" s="1">
+        <v>249000</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188">
+        <v>8331</v>
+      </c>
+      <c r="B1188" t="str">
+        <v>B2.2.1</v>
+      </c>
+      <c r="C1188" t="str">
+        <v>Belastingen op producenten</v>
+      </c>
+      <c r="D1188" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1188" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1188" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1188" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1188" s="1">
+        <v>258000</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189">
+        <v>8400</v>
+      </c>
+      <c r="B1189" t="str">
+        <v>B2.2.2</v>
+      </c>
+      <c r="C1189" t="str">
+        <v>Belastingen op huishoudens</v>
+      </c>
+      <c r="D1189" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1189" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1189" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1189" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1189" s="1">
+        <v>412779000</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190">
+        <v>8401</v>
+      </c>
+      <c r="B1190" t="str">
+        <v>B2.2.2</v>
+      </c>
+      <c r="C1190" t="str">
+        <v>Belastingen op huishoudens</v>
+      </c>
+      <c r="D1190" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1190" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1190" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1190" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1190" s="1">
+        <v>74997000</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191">
+        <v>8402</v>
+      </c>
+      <c r="B1191" t="str">
+        <v>B2.2.2</v>
+      </c>
+      <c r="C1191" t="str">
+        <v>Belastingen op huishoudens</v>
+      </c>
+      <c r="D1191" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1191" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1191" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1191" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1191" s="1">
+        <v>195029000</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192">
+        <v>8403</v>
+      </c>
+      <c r="B1192" t="str">
+        <v>B2.2.2</v>
+      </c>
+      <c r="C1192" t="str">
+        <v>Belastingen op huishoudens</v>
+      </c>
+      <c r="D1192" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1192" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1192" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1192" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1192" s="1">
+        <v>295398000</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193">
+        <v>84288</v>
+      </c>
+      <c r="B1193" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1193" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1193" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1193" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1193" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1193" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1193" s="1">
+        <v>3799000</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194">
+        <v>84289</v>
+      </c>
+      <c r="B1194" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1194" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1194" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1194" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1194" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1194" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1194" s="1">
+        <v>248000</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195">
+        <v>84290</v>
+      </c>
+      <c r="B1195" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1195" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1195" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1195" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1195" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1195" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1195" s="1">
+        <v>491000</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196">
+        <v>84291</v>
+      </c>
+      <c r="B1196" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1196" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1196" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1196" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1196" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1196" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1196" s="1">
+        <v>739000</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197">
+        <v>84792</v>
+      </c>
+      <c r="B1197" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1197" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1197" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1197" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1197" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1197" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1197" s="1">
+        <v>205000</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198">
+        <v>84793</v>
+      </c>
+      <c r="B1198" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1198" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1198" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1198" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1198" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1198" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1198" s="1">
+        <v>54000</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199">
+        <v>84794</v>
+      </c>
+      <c r="B1199" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1199" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1199" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1199" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1199" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1199" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1199" s="1">
+        <v>175000</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200">
+        <v>84795</v>
+      </c>
+      <c r="B1200" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1200" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1200" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1200" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1200" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1200" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1200" s="1">
+        <v>325000</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201">
+        <v>85008</v>
+      </c>
+      <c r="B1201" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1201" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1201" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1201" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1201" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1201" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1201" s="1">
+        <v>1504000</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202">
+        <v>85009</v>
+      </c>
+      <c r="B1202" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1202" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1202" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1202" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1202" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1202" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1202" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203">
+        <v>85010</v>
+      </c>
+      <c r="B1203" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1203" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1203" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1203" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1203" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1203" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1203" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204">
+        <v>85011</v>
+      </c>
+      <c r="B1204" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1204" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1204" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1204" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1204" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1204" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1204" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205">
+        <v>85081</v>
+      </c>
+      <c r="B1205" t="str">
+        <v>L4.3.2</v>
+      </c>
+      <c r="C1205" t="str">
+        <v>Inkomensoverdrachten - gemeenten</v>
+      </c>
+      <c r="D1205" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1205" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1205" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1205" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1205" s="1">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206">
+        <v>85082</v>
+      </c>
+      <c r="B1206" t="str">
+        <v>L4.3.2</v>
+      </c>
+      <c r="C1206" t="str">
+        <v>Inkomensoverdrachten - gemeenten</v>
+      </c>
+      <c r="D1206" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1206" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1206" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1206" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1206" s="1">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207">
+        <v>85083</v>
+      </c>
+      <c r="B1207" t="str">
+        <v>L4.3.2</v>
+      </c>
+      <c r="C1207" t="str">
+        <v>Inkomensoverdrachten - gemeenten</v>
+      </c>
+      <c r="D1207" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1207" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1207" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1207" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1207" s="1">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208">
+        <v>85155</v>
+      </c>
+      <c r="B1208" t="str">
+        <v>L4.3.3</v>
+      </c>
+      <c r="C1208" t="str">
+        <v>Inkomensoverdrachten - gemeensc..</v>
+      </c>
+      <c r="D1208" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1208" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1208" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1208" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1208" s="1">
+        <v>955000</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209">
+        <v>85227</v>
+      </c>
+      <c r="B1209" t="str">
+        <v>L4.3.4</v>
+      </c>
+      <c r="C1209" t="str">
+        <v>Inkomensoverdrachten - provincies</v>
+      </c>
+      <c r="D1209" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1209" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1209" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1209" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1209" s="1">
+        <v>80000</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210">
+        <v>85369</v>
+      </c>
+      <c r="B1210" t="str">
+        <v>L4.3.6</v>
+      </c>
+      <c r="C1210" t="str">
+        <v>Inkomensoverdrachten - ov overh..</v>
+      </c>
+      <c r="D1210" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1210" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1210" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1210" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1210" s="1">
+        <v>59000</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211">
+        <v>85370</v>
+      </c>
+      <c r="B1211" t="str">
+        <v>L4.3.6</v>
+      </c>
+      <c r="C1211" t="str">
+        <v>Inkomensoverdrachten - ov overh..</v>
+      </c>
+      <c r="D1211" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1211" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1211" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1211" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1211" s="1">
+        <v>80000</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212">
+        <v>85371</v>
+      </c>
+      <c r="B1212" t="str">
+        <v>L4.3.6</v>
+      </c>
+      <c r="C1212" t="str">
+        <v>Inkomensoverdrachten - ov overh..</v>
+      </c>
+      <c r="D1212" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1212" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1212" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1212" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1212" s="1">
+        <v>459000</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213">
+        <v>85513</v>
+      </c>
+      <c r="B1213" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1213" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1213" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1213" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1213" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1213" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1213" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214">
+        <v>85514</v>
+      </c>
+      <c r="B1214" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1214" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1214" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1214" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1214" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1214" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1214" s="1">
+        <v>62000</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215">
+        <v>85515</v>
+      </c>
+      <c r="B1215" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1215" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1215" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1215" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1215" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1215" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1215" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216">
+        <v>86232</v>
+      </c>
+      <c r="B1216" t="str">
+        <v>L4.5.8</v>
+      </c>
+      <c r="C1216" t="str">
+        <v>Investeringsbijdragen - ov inst..</v>
+      </c>
+      <c r="D1216" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1216" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1216" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1216" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1216" s="1">
+        <v>513000</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217">
+        <v>86736</v>
+      </c>
+      <c r="B1217" t="str">
+        <v>L7.3</v>
+      </c>
+      <c r="C1217" t="str">
+        <v>Afschrijvingen</v>
+      </c>
+      <c r="D1217" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1217" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1217" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1217" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1217" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218">
+        <v>87744</v>
+      </c>
+      <c r="B1218" t="str">
+        <v>B4.3.1</v>
+      </c>
+      <c r="C1218" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1218" t="str">
+        <v>1.9</v>
+      </c>
+      <c r="E1218" t="str">
+        <v>Bestuur, overige baten en lasten</v>
+      </c>
+      <c r="F1218" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1218" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1218" s="1">
+        <v>135000</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219">
+        <v>8904</v>
+      </c>
+      <c r="B1219" t="str">
+        <v>B3.7</v>
+      </c>
+      <c r="C1219" t="str">
+        <v>Leges en andere rechten</v>
+      </c>
+      <c r="D1219" t="str">
+        <v>0.2</v>
+      </c>
+      <c r="E1219" t="str">
+        <v>Opbrengst provinciale belastingen</v>
+      </c>
+      <c r="F1219" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1219" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1219" s="1">
+        <v>1080000</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220">
+        <v>89904</v>
+      </c>
+      <c r="B1220" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1220" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1220" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1220" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1220" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1220" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1220" s="1">
+        <v>18427000</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221">
+        <v>89905</v>
+      </c>
+      <c r="B1221" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1221" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1221" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1221" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1221" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1221" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1221" s="1">
+        <v>5768000</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222">
+        <v>89906</v>
+      </c>
+      <c r="B1222" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1222" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1222" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1222" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1222" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1222" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1222" s="1">
+        <v>11371000</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223">
+        <v>89907</v>
+      </c>
+      <c r="B1223" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1223" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1223" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1223" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1223" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1223" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1223" s="1">
+        <v>16996000</v>
+      </c>
+    </row>
+    <row r="1224">
+      <c r="A1224">
+        <v>90120</v>
+      </c>
+      <c r="B1224" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1224" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1224" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1224" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1224" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1224" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1224" s="1">
+        <v>45666000</v>
+      </c>
+    </row>
+    <row r="1225">
+      <c r="A1225">
+        <v>90121</v>
+      </c>
+      <c r="B1225" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1225" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1225" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1225" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1225" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1225" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1225" s="1">
+        <v>1307000</v>
+      </c>
+    </row>
+    <row r="1226">
+      <c r="A1226">
+        <v>90122</v>
+      </c>
+      <c r="B1226" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1226" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1226" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1226" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1226" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1226" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1226" s="1">
+        <v>2357000</v>
+      </c>
+    </row>
+    <row r="1227">
+      <c r="A1227">
+        <v>90123</v>
+      </c>
+      <c r="B1227" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1227" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1227" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1227" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1227" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1227" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1227" s="1">
+        <v>2295000</v>
+      </c>
+    </row>
+    <row r="1228">
+      <c r="A1228">
+        <v>90336</v>
+      </c>
+      <c r="B1228" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1228" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1228" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1228" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1228" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1228" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1228" s="1">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="1229">
+      <c r="A1229">
+        <v>90338</v>
+      </c>
+      <c r="B1229" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1229" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1229" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1229" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1229" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1229" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1229" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1230">
+      <c r="A1230">
+        <v>90339</v>
+      </c>
+      <c r="B1230" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1230" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1230" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1230" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1230" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1230" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1230" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1231">
+      <c r="A1231">
+        <v>90408</v>
+      </c>
+      <c r="B1231" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1231" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1231" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1231" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1231" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1231" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1231" s="1">
+        <v>36940000</v>
+      </c>
+    </row>
+    <row r="1232">
+      <c r="A1232">
+        <v>90409</v>
+      </c>
+      <c r="B1232" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1232" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1232" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1232" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1232" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1232" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1232" s="1">
+        <v>5809000</v>
+      </c>
+    </row>
+    <row r="1233">
+      <c r="A1233">
+        <v>90410</v>
+      </c>
+      <c r="B1233" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1233" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1233" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1233" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1233" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1233" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1233" s="1">
+        <v>11276000</v>
+      </c>
+    </row>
+    <row r="1234">
+      <c r="A1234">
+        <v>90411</v>
+      </c>
+      <c r="B1234" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1234" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1234" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1234" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1234" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1234" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1234" s="1">
+        <v>17334000</v>
+      </c>
+    </row>
+    <row r="1235">
+      <c r="A1235">
+        <v>90624</v>
+      </c>
+      <c r="B1235" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1235" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1235" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1235" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1235" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1235" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1235" s="1">
+        <v>6233000</v>
+      </c>
+    </row>
+    <row r="1236">
+      <c r="A1236">
+        <v>91128</v>
+      </c>
+      <c r="B1236" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1236" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1236" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1236" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1236" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1236" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1236" s="1">
+        <v>123000</v>
+      </c>
+    </row>
+    <row r="1237">
+      <c r="A1237">
+        <v>91129</v>
+      </c>
+      <c r="B1237" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1237" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1237" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1237" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1237" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1237" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1237" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1238">
+      <c r="A1238">
+        <v>91130</v>
+      </c>
+      <c r="B1238" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1238" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1238" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1238" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1238" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1238" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1238" s="1">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="1239">
+      <c r="A1239">
+        <v>91131</v>
+      </c>
+      <c r="B1239" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1239" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1239" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1239" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1239" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1239" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1239" s="1">
+        <v>240000</v>
+      </c>
+    </row>
+    <row r="1240">
+      <c r="A1240">
+        <v>91344</v>
+      </c>
+      <c r="B1240" t="str">
+        <v>L4.5.1</v>
+      </c>
+      <c r="C1240" t="str">
+        <v>Investeringsbijdragen - Rijk</v>
+      </c>
+      <c r="D1240" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1240" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1240" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1240" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1240" s="1">
+        <v>600000</v>
+      </c>
+    </row>
+    <row r="1241">
+      <c r="A1241">
+        <v>91347</v>
+      </c>
+      <c r="B1241" t="str">
+        <v>L4.5.1</v>
+      </c>
+      <c r="C1241" t="str">
+        <v>Investeringsbijdragen - Rijk</v>
+      </c>
+      <c r="D1241" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1241" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1241" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1241" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1241" s="1">
+        <v>297000</v>
+      </c>
+    </row>
+    <row r="1242">
+      <c r="A1242">
+        <v>91417</v>
+      </c>
+      <c r="B1242" t="str">
+        <v>L4.5.2</v>
+      </c>
+      <c r="C1242" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1242" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1242" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1242" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1242" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1242" s="1">
+        <v>4688000</v>
+      </c>
+    </row>
+    <row r="1243">
+      <c r="A1243">
+        <v>91418</v>
+      </c>
+      <c r="B1243" t="str">
+        <v>L4.5.2</v>
+      </c>
+      <c r="C1243" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1243" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1243" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1243" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1243" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1243" s="1">
+        <v>4656000</v>
+      </c>
+    </row>
+    <row r="1244">
+      <c r="A1244">
+        <v>91419</v>
+      </c>
+      <c r="B1244" t="str">
+        <v>L4.5.2</v>
+      </c>
+      <c r="C1244" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1244" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1244" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1244" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1244" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1244" s="1">
+        <v>5208000</v>
+      </c>
+    </row>
+    <row r="1245">
+      <c r="A1245">
+        <v>91633</v>
+      </c>
+      <c r="B1245" t="str">
+        <v>L4.5.5</v>
+      </c>
+      <c r="C1245" t="str">
+        <v>Investeringsbijdragen - watersc..</v>
+      </c>
+      <c r="D1245" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1245" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1245" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1245" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1245" s="1">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="1246">
+      <c r="A1246">
+        <v>91634</v>
+      </c>
+      <c r="B1246" t="str">
+        <v>L4.5.5</v>
+      </c>
+      <c r="C1246" t="str">
+        <v>Investeringsbijdragen - watersc..</v>
+      </c>
+      <c r="D1246" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1246" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1246" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1246" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1246" s="1">
+        <v>216000</v>
+      </c>
+    </row>
+    <row r="1247">
+      <c r="A1247">
+        <v>91635</v>
+      </c>
+      <c r="B1247" t="str">
+        <v>L4.5.5</v>
+      </c>
+      <c r="C1247" t="str">
+        <v>Investeringsbijdragen - watersc..</v>
+      </c>
+      <c r="D1247" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1247" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1247" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1247" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1247" s="1">
+        <v>54000</v>
+      </c>
+    </row>
+    <row r="1248">
+      <c r="A1248">
+        <v>92282</v>
+      </c>
+      <c r="B1248" t="str">
+        <v>L7.2</v>
+      </c>
+      <c r="C1248" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1248" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1248" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1248" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1248" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1248" s="1">
+        <v>143760000</v>
+      </c>
+    </row>
+    <row r="1249">
+      <c r="A1249">
+        <v>92283</v>
+      </c>
+      <c r="B1249" t="str">
+        <v>L7.2</v>
+      </c>
+      <c r="C1249" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1249" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1249" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1249" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1249" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1249" s="1">
+        <v>143760000</v>
+      </c>
+    </row>
+    <row r="1250">
+      <c r="A1250">
+        <v>92352</v>
+      </c>
+      <c r="B1250" t="str">
+        <v>L7.3</v>
+      </c>
+      <c r="C1250" t="str">
+        <v>Afschrijvingen</v>
+      </c>
+      <c r="D1250" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1250" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1250" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1250" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1250" s="1">
+        <v>49783000</v>
+      </c>
+    </row>
+    <row r="1251">
+      <c r="A1251">
+        <v>92355</v>
+      </c>
+      <c r="B1251" t="str">
+        <v>L7.3</v>
+      </c>
+      <c r="C1251" t="str">
+        <v>Afschrijvingen</v>
+      </c>
+      <c r="D1251" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1251" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1251" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1251" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1251" s="1">
+        <v>35598000</v>
+      </c>
+    </row>
+    <row r="1252">
+      <c r="A1252">
+        <v>92424</v>
+      </c>
+      <c r="B1252" t="str">
+        <v>L7.4</v>
+      </c>
+      <c r="C1252" t="str">
+        <v>Toegerekende reële en bespaarde r..</v>
+      </c>
+      <c r="D1252" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1252" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1252" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1252" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1252" s="1">
+        <v>1994000</v>
+      </c>
+    </row>
+    <row r="1253">
+      <c r="A1253">
+        <v>93216</v>
+      </c>
+      <c r="B1253" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1253" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1253" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1253" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1253" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1253" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1253" s="1">
+        <v>125000</v>
+      </c>
+    </row>
+    <row r="1254">
+      <c r="A1254">
+        <v>93217</v>
+      </c>
+      <c r="B1254" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1254" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1254" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1254" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1254" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1254" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1254" s="1">
+        <v>41000</v>
+      </c>
+    </row>
+    <row r="1255">
+      <c r="A1255">
+        <v>93218</v>
+      </c>
+      <c r="B1255" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1255" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1255" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1255" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1255" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1255" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1255" s="1">
+        <v>149000</v>
+      </c>
+    </row>
+    <row r="1256">
+      <c r="A1256">
+        <v>93219</v>
+      </c>
+      <c r="B1256" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1256" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1256" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1256" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1256" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1256" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1256" s="1">
+        <v>202000</v>
+      </c>
+    </row>
+    <row r="1257">
+      <c r="A1257">
+        <v>93360</v>
+      </c>
+      <c r="B1257" t="str">
+        <v>B4.3.1</v>
+      </c>
+      <c r="C1257" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1257" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1257" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1257" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1257" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1257" s="1">
+        <v>592000</v>
+      </c>
+    </row>
+    <row r="1258">
+      <c r="A1258">
+        <v>93363</v>
+      </c>
+      <c r="B1258" t="str">
+        <v>B4.3.1</v>
+      </c>
+      <c r="C1258" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1258" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1258" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1258" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1258" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1258" s="1">
+        <v>2384000</v>
+      </c>
+    </row>
+    <row r="1259">
+      <c r="A1259">
+        <v>94080</v>
+      </c>
+      <c r="B1259" t="str">
+        <v>B4.5.1</v>
+      </c>
+      <c r="C1259" t="str">
+        <v>Investeringsbijdragen - Rijk</v>
+      </c>
+      <c r="D1259" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1259" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1259" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1259" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1259" s="1">
+        <v>63000</v>
+      </c>
+    </row>
+    <row r="1260">
+      <c r="A1260">
+        <v>94154</v>
+      </c>
+      <c r="B1260" t="str">
+        <v>B4.5.2</v>
+      </c>
+      <c r="C1260" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1260" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1260" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1260" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1260" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1260" s="1">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="1261">
+      <c r="A1261">
+        <v>94155</v>
+      </c>
+      <c r="B1261" t="str">
+        <v>B4.5.2</v>
+      </c>
+      <c r="C1261" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1261" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1261" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1261" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1261" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1261" s="1">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="1262">
+      <c r="A1262">
+        <v>94371</v>
+      </c>
+      <c r="B1262" t="str">
+        <v>B4.5.5</v>
+      </c>
+      <c r="C1262" t="str">
+        <v>Investeringsbijdragen - watersc..</v>
+      </c>
+      <c r="D1262" t="str">
+        <v>2.1</v>
+      </c>
+      <c r="E1262" t="str">
+        <v>Landwegen</v>
+      </c>
+      <c r="F1262" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1262" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1262" s="1">
+        <v>562000</v>
+      </c>
+    </row>
+    <row r="1263">
+      <c r="A1263">
+        <v>95520</v>
+      </c>
+      <c r="B1263" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1263" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1263" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1263" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1263" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1263" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1263" s="1">
+        <v>9033000</v>
+      </c>
+    </row>
+    <row r="1264">
+      <c r="A1264">
+        <v>95521</v>
+      </c>
+      <c r="B1264" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1264" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1264" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1264" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1264" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1264" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1264" s="1">
+        <v>2018000</v>
+      </c>
+    </row>
+    <row r="1265">
+      <c r="A1265">
+        <v>95522</v>
+      </c>
+      <c r="B1265" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1265" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1265" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1265" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1265" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1265" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1265" s="1">
+        <v>3987000</v>
+      </c>
+    </row>
+    <row r="1266">
+      <c r="A1266">
+        <v>95523</v>
+      </c>
+      <c r="B1266" t="str">
+        <v>L1.1</v>
+      </c>
+      <c r="C1266" t="str">
+        <v>Salarissen en sociale lasten</v>
+      </c>
+      <c r="D1266" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1266" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1266" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1266" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1266" s="1">
+        <v>5965000</v>
+      </c>
+    </row>
+    <row r="1267">
+      <c r="A1267">
+        <v>95736</v>
+      </c>
+      <c r="B1267" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1267" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1267" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1267" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1267" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1267" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1267" s="1">
+        <v>43011000</v>
+      </c>
+    </row>
+    <row r="1268">
+      <c r="A1268">
+        <v>95737</v>
+      </c>
+      <c r="B1268" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1268" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1268" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1268" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1268" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1268" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1268" s="1">
+        <v>281000</v>
+      </c>
+    </row>
+    <row r="1269">
+      <c r="A1269">
+        <v>95738</v>
+      </c>
+      <c r="B1269" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1269" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1269" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1269" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1269" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1269" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1269" s="1">
+        <v>3686000</v>
+      </c>
+    </row>
+    <row r="1270">
+      <c r="A1270">
+        <v>95739</v>
+      </c>
+      <c r="B1270" t="str">
+        <v>L3.2</v>
+      </c>
+      <c r="C1270" t="str">
+        <v>Duurzame goederen</v>
+      </c>
+      <c r="D1270" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1270" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1270" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1270" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1270" s="1">
+        <v>3455000</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271">
+        <v>95952</v>
+      </c>
+      <c r="B1271" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1271" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1271" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1271" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1271" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1271" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1271" s="1">
+        <v>1200000</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272">
+        <v>95953</v>
+      </c>
+      <c r="B1272" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1272" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1272" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1272" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1272" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1272" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1272" s="1">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273">
+        <v>95954</v>
+      </c>
+      <c r="B1273" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1273" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1273" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1273" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1273" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1273" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1273" s="1">
+        <v>424000</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274">
+        <v>95955</v>
+      </c>
+      <c r="B1274" t="str">
+        <v>L3.5.1</v>
+      </c>
+      <c r="C1274" t="str">
+        <v>Ingeleend personeel</v>
+      </c>
+      <c r="D1274" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1274" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1274" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1274" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1274" s="1">
+        <v>828000</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275">
+        <v>96024</v>
+      </c>
+      <c r="B1275" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1275" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1275" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1275" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1275" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1275" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1275" s="1">
+        <v>12455000</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276">
+        <v>96025</v>
+      </c>
+      <c r="B1276" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1276" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1276" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1276" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1276" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1276" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="I1276" s="1">
+        <v>930000</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277">
+        <v>96026</v>
+      </c>
+      <c r="B1277" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1277" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1277" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1277" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1277" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1277" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1277" s="1">
+        <v>2472000</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278">
+        <v>96027</v>
+      </c>
+      <c r="B1278" t="str">
+        <v>L3.8</v>
+      </c>
+      <c r="C1278" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1278" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1278" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1278" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1278" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1278" s="1">
+        <v>4266000</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279">
+        <v>96240</v>
+      </c>
+      <c r="B1279" t="str">
+        <v>L4.3.1</v>
+      </c>
+      <c r="C1279" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1279" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1279" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1279" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1279" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1279" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280">
+        <v>96744</v>
+      </c>
+      <c r="B1280" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1280" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1280" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1280" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1280" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1280" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1280" s="1">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281">
+        <v>96747</v>
+      </c>
+      <c r="B1281" t="str">
+        <v>L4.3.8</v>
+      </c>
+      <c r="C1281" t="str">
+        <v>Inkomensoverdrachten - overige ..</v>
+      </c>
+      <c r="D1281" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1281" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1281" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1281" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1281" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282">
+        <v>96960</v>
+      </c>
+      <c r="B1282" t="str">
+        <v>L4.5.1</v>
+      </c>
+      <c r="C1282" t="str">
+        <v>Investeringsbijdragen - Rijk</v>
+      </c>
+      <c r="D1282" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1282" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1282" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1282" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1282" s="1">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283">
+        <v>97898</v>
+      </c>
+      <c r="B1283" t="str">
+        <v>L7.2</v>
+      </c>
+      <c r="C1283" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1283" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1283" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1283" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1283" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="I1283" s="1">
+        <v>72045000</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284">
+        <v>97899</v>
+      </c>
+      <c r="B1284" t="str">
+        <v>L7.2</v>
+      </c>
+      <c r="C1284" t="str">
+        <v>Mutatie voorzieningen</v>
+      </c>
+      <c r="D1284" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1284" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1284" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1284" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1284" s="1">
+        <v>72045000</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285">
+        <v>97968</v>
+      </c>
+      <c r="B1285" t="str">
+        <v>L7.3</v>
+      </c>
+      <c r="C1285" t="str">
+        <v>Afschrijvingen</v>
+      </c>
+      <c r="D1285" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1285" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1285" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1285" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1285" s="1">
+        <v>12543000</v>
+      </c>
+    </row>
+    <row r="1286">
+      <c r="A1286">
+        <v>97971</v>
+      </c>
+      <c r="B1286" t="str">
+        <v>L7.3</v>
+      </c>
+      <c r="C1286" t="str">
+        <v>Afschrijvingen</v>
+      </c>
+      <c r="D1286" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1286" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1286" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1286" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="I1286" s="1">
+        <v>9023000</v>
+      </c>
+    </row>
+    <row r="1287">
+      <c r="A1287">
+        <v>98040</v>
+      </c>
+      <c r="B1287" t="str">
+        <v>L7.4</v>
+      </c>
+      <c r="C1287" t="str">
+        <v>Toegerekende reële en bespaarde r..</v>
+      </c>
+      <c r="D1287" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1287" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1287" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1287" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="I1287" s="1">
+        <v>1018000</v>
+      </c>
+    </row>
+    <row r="1288">
+      <c r="A1288">
+        <v>98832</v>
+      </c>
+      <c r="B1288" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1288" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1288" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1288" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1288" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1288" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1288" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1289">
+      <c r="A1289">
+        <v>98833</v>
+      </c>
+      <c r="B1289" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1289" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1289" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1289" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1289" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1289" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1289" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1290">
+      <c r="A1290">
+        <v>98834</v>
+      </c>
+      <c r="B1290" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1290" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1290" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1290" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1290" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1290" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1290" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1291">
+      <c r="A1291">
+        <v>98835</v>
+      </c>
+      <c r="B1291" t="str">
+        <v>B3.8</v>
+      </c>
+      <c r="C1291" t="str">
+        <v>Overige goederen en diensten</v>
+      </c>
+      <c r="D1291" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1291" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1291" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1291" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1291" s="1">
+        <v>255000</v>
+      </c>
+    </row>
+    <row r="1292">
+      <c r="A1292">
+        <v>98976</v>
+      </c>
+      <c r="B1292" t="str">
+        <v>B4.3.1</v>
+      </c>
+      <c r="C1292" t="str">
+        <v>Inkomensoverdrachten - Rijk</v>
+      </c>
+      <c r="D1292" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1292" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1292" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1292" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1292" s="1">
+        <v>5547000</v>
+      </c>
+    </row>
+    <row r="1293">
+      <c r="A1293">
+        <v>99051</v>
+      </c>
+      <c r="B1293" t="str">
+        <v>B4.3.2</v>
+      </c>
+      <c r="C1293" t="str">
+        <v>Inkomensoverdrachten - gemeenten</v>
+      </c>
+      <c r="D1293" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1293" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1293" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1293" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1293" s="1">
+        <v>2030000</v>
+      </c>
+    </row>
+    <row r="1294">
+      <c r="A1294">
+        <v>99193</v>
+      </c>
+      <c r="B1294" t="str">
+        <v>B4.3.4</v>
+      </c>
+      <c r="C1294" t="str">
+        <v>Inkomensoverdrachten - provincies</v>
+      </c>
+      <c r="D1294" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1294" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1294" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1294" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1294" s="1">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="1295">
+      <c r="A1295">
+        <v>99195</v>
+      </c>
+      <c r="B1295" t="str">
+        <v>B4.3.4</v>
+      </c>
+      <c r="C1295" t="str">
+        <v>Inkomensoverdrachten - provincies</v>
+      </c>
+      <c r="D1295" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1295" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1295" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1295" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1295" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1296">
+      <c r="A1296">
+        <v>99265</v>
+      </c>
+      <c r="B1296" t="str">
+        <v>B4.3.5</v>
+      </c>
+      <c r="C1296" t="str">
+        <v>Inkomensoverdrachten - watersch..</v>
+      </c>
+      <c r="D1296" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1296" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1296" t="str">
+        <v>2025X001</v>
+      </c>
+      <c r="G1296" t="str">
+        <v>1e kwartaal</v>
+      </c>
+      <c r="H1296" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1297">
+      <c r="A1297">
+        <v>99266</v>
+      </c>
+      <c r="B1297" t="str">
+        <v>B4.3.5</v>
+      </c>
+      <c r="C1297" t="str">
+        <v>Inkomensoverdrachten - watersch..</v>
+      </c>
+      <c r="D1297" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1297" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1297" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1297" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1297" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1298">
+      <c r="A1298">
+        <v>99267</v>
+      </c>
+      <c r="B1298" t="str">
+        <v>B4.3.5</v>
+      </c>
+      <c r="C1298" t="str">
+        <v>Inkomensoverdrachten - watersch..</v>
+      </c>
+      <c r="D1298" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1298" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1298" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1298" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1298" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1299">
+      <c r="A1299">
+        <v>99339</v>
+      </c>
+      <c r="B1299" t="str">
+        <v>B4.3.6</v>
+      </c>
+      <c r="C1299" t="str">
+        <v>Inkomensoverdrachten - ov overh..</v>
+      </c>
+      <c r="D1299" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1299" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1299" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1299" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1299" s="1">
+        <v>1055000</v>
+      </c>
+    </row>
+    <row r="1300">
+      <c r="A1300">
+        <v>99696</v>
+      </c>
+      <c r="B1300" t="str">
+        <v>B4.5.1</v>
+      </c>
+      <c r="C1300" t="str">
+        <v>Investeringsbijdragen - Rijk</v>
+      </c>
+      <c r="D1300" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1300" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1300" t="str">
+        <v>2025X000</v>
+      </c>
+      <c r="G1300" t="str">
+        <v>Begroting</v>
+      </c>
+      <c r="H1300" s="1">
+        <v>7502000</v>
+      </c>
+    </row>
+    <row r="1301">
+      <c r="A1301">
+        <v>99770</v>
+      </c>
+      <c r="B1301" t="str">
+        <v>B4.5.2</v>
+      </c>
+      <c r="C1301" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1301" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1301" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1301" t="str">
+        <v>2025X002</v>
+      </c>
+      <c r="G1301" t="str">
+        <v>2e kwartaal</v>
+      </c>
+      <c r="H1301" s="1">
+        <v>1137000</v>
+      </c>
+    </row>
+    <row r="1302">
+      <c r="A1302">
+        <v>99771</v>
+      </c>
+      <c r="B1302" t="str">
+        <v>B4.5.2</v>
+      </c>
+      <c r="C1302" t="str">
+        <v>Investeringsbijdragen - gemeenten</v>
+      </c>
+      <c r="D1302" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1302" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1302" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1302" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1302" s="1">
+        <v>1137000</v>
+      </c>
+    </row>
+    <row r="1303">
+      <c r="A1303">
         <v>99914</v>
       </c>
-      <c r="B895" t="str">
+      <c r="B1303" t="str">
         <v>B4.5.4</v>
       </c>
-      <c r="C895" t="str">
+      <c r="C1303" t="str">
         <v>Investeringsbijdragen - provinc..</v>
       </c>
-      <c r="D895" t="str">
+      <c r="D1303" t="str">
         <v>2.2</v>
       </c>
-      <c r="E895" t="str">
+      <c r="E1303" t="str">
         <v>Waterwegen</v>
       </c>
-      <c r="F895" t="str">
+      <c r="F1303" t="str">
         <v>2025X002</v>
       </c>
-      <c r="G895" t="str">
+      <c r="G1303" t="str">
         <v>2e kwartaal</v>
       </c>
-      <c r="H895" s="1">
+      <c r="H1303" s="1">
         <v>5347000</v>
       </c>
     </row>
+    <row r="1304">
+      <c r="A1304">
+        <v>99915</v>
+      </c>
+      <c r="B1304" t="str">
+        <v>B4.5.4</v>
+      </c>
+      <c r="C1304" t="str">
+        <v>Investeringsbijdragen - provinc..</v>
+      </c>
+      <c r="D1304" t="str">
+        <v>2.2</v>
+      </c>
+      <c r="E1304" t="str">
+        <v>Waterwegen</v>
+      </c>
+      <c r="F1304" t="str">
+        <v>2025X003</v>
+      </c>
+      <c r="G1304" t="str">
+        <v>3e kwartaal</v>
+      </c>
+      <c r="H1304" s="1">
+        <v>2489000</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:I895"/>
+  <autoFilter ref="A1:I1304"/>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:I895"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:I1304"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="6.6640625" customWidth="1"/>
     <col min="2" max="2" width="20.00390625" customWidth="1"/>
     <col min="3" max="3" width="30.00390625" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>ID</v>
       </c>
       <c r="B1" t="str">
         <v>DimensionKey</v>
       </c>
       <c r="C1" t="str">